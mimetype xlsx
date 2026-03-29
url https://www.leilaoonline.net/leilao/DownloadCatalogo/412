--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16348", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16348", "FORD; KA FLEX; 2012/2013; VERMELHA; ALCO./GASOL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16474", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16474", "FIAT/ STRADA ADVENTURE CD, ANO/MOD 11/12, COR PRATA, FLEX")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16401", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16401", "GM/ CORSA HATCH MAXX; 2005/2005; ALCO./GASOL. VERMELHA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16640", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16640", "CITROEN, C3 120A EXCLUSIV.; 2013/2014; PRETA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16339", "205")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16339", "GMC; 6100; 1999/2000; VERMELHA; DIESEL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16349", "206")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16349", "HONDA; CIVIC EXS FLEX (AUTOMATICO); 2007/2007; ALCO/GASOL.; CINZA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16475", "208")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16475", "VW/GOL; 1986/1986; ALCOOL; VERMELHA; (Motor AP 2.0 cadastrado)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.050,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16400", "210")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16400", "MMC; L200 SPORT 4X4 HPE; 2005/2005; PRETA; DIESEL - AUTOMATICO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16350", "211")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16350", "RENAULT; SANDERO DYNA 16R; 2015/2015; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16637", "212")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16637", "VW; GOL 1.6 MI, ANO/MOD 1997/1997, BRANCA, GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16353", "215")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16353", "HONDA WR-V CVT 2017/2018; ALCO./GASOL., CINZA - APROX. 6.600KM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16337", "221")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16337", "I, LR FREELANDER 2 SD4 SE; 2012/2012, VERDE, DIESEL, ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16550", "222")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16550", "HONDA CIVIC LXR 2.0; 2013/2014; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>38.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16344", "223")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16344", "RENAULT/ MEGANE DYN 16; 2006/2007; PRATA; ALCO,/GASOL. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16341", "224")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16341", "I/ MMC LANCER 2.0 "GT"; 2012/2012; PRETA; GASOLINA; "COMPLETO COM TETO E CAMBIO BORBOLETA"")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16356", "239")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16356", " GM/ CELTA  1.0 LS, ANO/MOD 2011/2012, ALCO./GASOL.; PRATA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16340", "240")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16340", "FIAT/SIENA FIRE 16V, ANO 2003, ALCO/GASOL., PRETA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16613", "245")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16613", "HONDA; CITY DX CVT; 2016/2016; PRATA; ALCO./GASOL. - APROX. 7.200KM -")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16554", "250")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16554", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16351", "266")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16351", "FORD ECOSPORT FSL AUTOMÁTICA 2.0, 2012/2013; ALCO./GASOLI.; PRETA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16476", "270")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16476", "GM/ BLAZER, ANO/MOD 2000/2000, COR PRATA; COMB.: GASOLINA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16343", "272")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16343", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2010; BRANCA, DIESEL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16346", "290")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16346", "VW/18.310 TITAN; 2005/2005; BRANCA; DIESEL")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16345", "295")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16345", "VW/ 40.300; 2000/2000; BRANCA; DIESEL;")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16342", "314")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16342", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>17.600,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16358", "403")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16358", "JOGO DE RODAS COM PNEUS 205/55/16")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16357", "412")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16357", "JOGO DE RODAS 205/60/15 - 05 FUROS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16359", "436")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16359", "JOGO DE RODAS COM PNEUS 195/65/R15")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16355", "449")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16355", "JOGO DE RODAS COM PNEUS 195/55/15")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16347", "450")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16347", "JOGO DE RODAS COM PNEUS 205/60/15")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16354", "451")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16354", "JOGO DE RODAS COM PNEUS 205/40/17")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16665", "452")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16665", "PNEU E RODA 175 70 14")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16664", "453")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16664", "PNEU E RODA 185 65 15")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16663", "458")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16663", "PNEU E RODA 175 65 14")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16666", "459")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16666", "PNEU E RODA 185 60 10")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>