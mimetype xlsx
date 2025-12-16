--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -281,2803 +281,2803 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Lote de automação</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Lote de automação</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Lote de automação </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Lote com: 01 atuador de valvula pneumatica wamgroup modelo cpu 102 mv e 01 painel jsb para irrigação modelo cp 15 141</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Aproximadamente 100 peças de valvulas hidraulicas bobinas e sensores </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote de sensores e selo mecânico </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 peças de engranagem torno romi z=127 numero p 1209 modulo 1,5</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Aproximadamente 1960 gramas de pastilhas de prata retiradas de jogos de contato </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>28</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>2.100,00</t>
+          <t>4.700,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Lote de engrenagem de cambio</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Aproximadamente 30 peças de polia de virabrequim motor valtra bh 180 numero 836355025</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Lote com: 01 peça de bloco de cílindro hidrauilico e01 peça de bomba dgaua caterpilar 938</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Lote bomba hidraulica e comando </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Lote com: 15 conjunto de kit motor ar 11020 e12020 bozza</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> Lote de válvulas tomada de força engrenagens </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Lote com: aproximadamente 46 peças de válvulas industriais </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Lote peças automotivo</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Material elétrico  Weg, Parker Schneider abb smar  simens -Aproximadamente 448 itens </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Lote de peças automotivas - sem uso</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aprox.  730 conjuntos de porca e contra porca para esmerilhadeira de 7 polegadas e 220 peças de contra porca </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 peças de oxicatalisador dalgas para geradores a diesel </t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Lote com: aprox. 49 peças de valvula motor char-lyn rotulos acumulador </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aprox. 70 peças de fechaduras antigas la fonte e yale </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Lote com: 09 peças de maquina de solda - faltando componentes placas termicas e outros </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 peças de carter motor original mercedes benz R460 014 1602 - 01 peça de carter motor original mercedes benz a 906 014 3502</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Lote com:  170 peças de eixo prolongador p14 </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 68 peças de ferramentas para rosqueadeira de tubos diversas medidas</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Lote com: 24 pçs de Lâmpadas e 41 pçs de bloco born completo</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Motocicleta Ducati Diavel 1200 - 2013 - 50.000km</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Lote de motores compressor</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>Lote com: aprox. 15 servos de embreagem- diversos; 07 válvulas pedal- diversos</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>156</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Lote de Interruptores e sensores</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>157</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Lote de Transdutores e pressostato</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>158</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> Lote de produtos diversos</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> Lote de materiais Elétricos</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>163</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Lote de chaves seccionadora e soft starter</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>166</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> Lote com: 04 peças de chave seccioandora cebel de 125 amperes vca-500 fusivel nh00</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>167</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> Lote de bico e porta bico </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>168</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Lote com: 15 frascos de 1 litro de oleo mineral para bombas a vacuo multivac </t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Lote de retentores, juntas e vedações</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> Lote de chaves Beghin</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Lote com materiais de automação</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> Lote de peças de colhedeira CLAAS</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>188</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> Lote de peças de colhedeira CLAAS</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> Lote de pressostato, painel e dimmer</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> Lote com: 03 peças de rebobinador de fio Ebrara</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>214</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> Lote com: 10 peças de compressor de ar para aplicação em caminhões</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> Lote de escova de carvão </t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> Lote de peças</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>234</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> Lote Siemens Schneider</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> Lote de royce conect - Aproximadamente 259 peças - Ar condicionado - Polias - Embreagem - Reparos </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>247</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> Lote de peças elétricas </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>248</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> Lote contendo 25 peças de motor para parabrisa e motor ventilador </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>250</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1200 metros de espaguete termo-retratil hellermann bitola de 3/8</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>251</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1200 metros de espaguete termo-retratil hellermann bitola de 3/8</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>252</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> Lote com: 1500 metros de espaguete termo-retratil hellermann bitola de 3/8</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> Painel analizador de oxigênio marca abb knt-taylo-zirconia zmt-231/00000/4001 v- 15941/10/2 110v 50/60 150va </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>259</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 102 peças de resistência elétrica diversas </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>268</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aprox. 500m de fita de serra</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>276</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aproximadamente 112 peças de material Cutler Hammer</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>279</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t>Inversor de frequência Weg CFW 090060T3848P0DBZ</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>280</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t>Lote com: 20 pçs polias - 10 pçs mancais com tampa cucf206 ce - 02 pçs engrenagem </t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t>Lote com: 570 pçs de bits para fresadora de asfalto W6 20x Wirtgen - 06 peças de cabeça de corte usada</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>282</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t>Lote com: 05 peças de inversor de solda - sem testes</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>283</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aprox. 65 peças de amortecedores sem uso - para linha pesada de diversas aplicações</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>284</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aproximadamente 880 peças de material elétrico - Para retirada de peças </t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>9.400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>285</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t>Lote de material diversos - correntes, parafusos, manilha, soquete</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>286</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 90 Kg de eletrodo e arame de solda </t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>287</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> Lote com: 11 peças de limitador de corrente DCA de 390 amperes</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>288</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 19 peças de fusível HH dekfuse 45x325x360 de 5kw 25 amperes</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>289</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> Lote com: 5 peças de bobina de contator marca Siemens</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>290</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 peças de softstarter abb pstx 72-600-70</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 peças de válvulas para cilindro de gases e 3 Kg  de fio de resistência ocr-25a15 cromo níquel </t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> Lote com: Aproximadamente 25 Kgs de chumbada de várias gramas  E 500 encastoador medida 20x10</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> Lote com: 06 motores elétricos diversos </t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>294</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t>Lote com: 03 peças de válvulas borboletas de 4 pol.</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>295</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t>Lote de material diverso </t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>296</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t>Lote com: aprox. 28 Borne de ligação 06 pinos </t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>297</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t>Pressostato </t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>298</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t>Engrenagem MB - 30 dentes </t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>299</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t>Registro e válvulas </t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t>Lote com: 09 caixas contendo material Hyundai </t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>301</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t>Lote com: Bomba de transmissão </t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>302</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t>Troller Demag</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>303</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t>Lote com: 11 potes de pó Kestra 635</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>304</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t>Lote com: válvulas borboleta, atuadores, válvula inox.</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>305</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t>Lote com: 06 peças de cilindros de nitrogênio </t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>306</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t>Lote com: Aprox. 6 Kg de vareta de solda prata harris 35% de prata bitola de 1.5x500mm</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>