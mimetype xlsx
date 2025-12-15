--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -281,499 +281,499 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark CMP450L 2006 - para 4,5 ton - Motor Diesel ( substituido ) originalmente sai com motor gasolina mas colocamosdiesel funcionando</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark CMP 450d 2008 - 5 Ton. - motor desmanchado</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark - 3,5ton. - Sem identificação - Motor substituído </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Caminhão Volkswagen 7-110  - 2004 - 294.000Km - </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Mitsubishi L200 gl 2.5 4x4 diesel - 2011/2012 - 265.000 km </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote com: duas plataformas elevatória tesoura - Genie/JGL(2033-E) - sem identificação</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Motoniveladora Patrol Caterpillar modelo 16 - Com escarifador - Sem identificação </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Caminhão Ford Cargo 1119  2014/2014 - Substituição para truck (1519) - Documentado - Sem Baú </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Britador de mandíbula 30x20</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Unidade de britagem móvel - Motor 35Cv - 70X40 - Engate para Roll-on - </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Escavadeira Caterpillar Cat-M322D 2008 - Com garra sucateira</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Britador de mandíbula 90x50 -Sem motor </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Moinho de martelo boca: 1,26x 0,35 - Motor 110Cv</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> Moinho de facas - Boca 62x40 - 3 facas - </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Peças de roll-on</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
@@ -793,307 +793,307 @@
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Mesa vibratória para concreto</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Desenpenador de vergalhão - Motor 10 Cv - 25M cúbicos </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Tanque graneleiro - </t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Patola traseira para caminhão</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Lancha Focker 180 - motor mercury 90 - Ano 2000 - Acompanha carretinha</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Tanque reator de inox - 4500 L</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> Munck Grua Eco 10.000 - Mod 806 R2 - 2010</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Fiat Uno Mille Way Econ. 2012/2013 - 2 portas - 163.000Km </t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> compressor marca schulz srp3020 - 2011 - </t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>