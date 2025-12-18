--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -95,143 +95,147 @@
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="5" numFmtId="165" xfId="0">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F10"/>
+  <dimension ref="A1:F117"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>MAQUINAS INDUSTRIAIS * TALHAS * COMPRESSORES * ROLAMENTOS * PRENSA * SERRA * FURADEIRA</t>
+          <t>MAQUINAS INDUSTRIAIS * TALHAS * COMPRESSORES * SOLDA * PRENSAS * SERRA * FURADEIRA</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>24/10/2025 10:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -261,50 +265,3474 @@
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="5" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t> Endireitador cortadeira de arame sem rebarba - Motor Weg 3cv - 220/380v 1180 rpm - ptr.3729</t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B12" s="4" t="inlineStr">
+        <is>
+          <t> Máquina rosqueadeira automática de porcas macho curvado - Kosfeld Brackwede - 220/380v - Ptr. 3730</t>
+        </is>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t> Soft Starter ABB OS S 85/147-500L - Ptr. 3863</t>
+        </is>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B14" s="4" t="inlineStr">
+        <is>
+          <t> Guilhotina 350mm manual - Walter Porteiro C-AM-M - Mesa 350mm - acabamento reto ou zig zag - Ptr 3915</t>
+        </is>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t> Rolo Laminador - rosca elevador Ptr. 3946</t>
+        </is>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t> Prensa Balancim Pneumática Tipo C de bancada Ptr. 3963</t>
+        </is>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t> Inversor adjustable speed drive - BALDOR - ID 15H405-E - HP OUT 5 - Ptr. 4149</t>
+        </is>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t>Lote com: 02 uni. Tanque agitador de inox industrial 200L - Med.: L110 x A250 cm Med. Tanque: A100 x D80 cm - Ptr. 4151</t>
+        </is>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B19" s="4" t="inlineStr">
+        <is>
+          <t> Lote com: 02 prensas de fricção - variadas. Ptr. 4164A 4164B</t>
+        </is>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B20" s="4" t="inlineStr">
+        <is>
+          <t> Forno de indução - Ptr 4172</t>
+        </is>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="B21" s="4" t="inlineStr">
+        <is>
+          <t> Tamboreador poliéster vibratório para rebarbas - Med.: C66 x L33 x A40 cm - Ptr. 4187</t>
+        </is>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B22" s="4" t="inlineStr">
+        <is>
+          <t> Furadeira horizontal automática - Ptr. 4227</t>
+        </is>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t> Unidade hidráulica original Torno Romi - Ptr. 4275</t>
+        </is>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="B24" s="4" t="inlineStr">
+        <is>
+          <t> Rosqueadeira de bancada Mod. RT-80/99 - Ptr. 4327</t>
+        </is>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="B25" s="4" t="inlineStr">
+        <is>
+          <t> Servomotor WEG 4nm 2000rpm 0,84 kw/1,15 cv - Mod. SMA 56-04-20 - 180v</t>
+        </is>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t> Serra Circular Industrial - Esquadrias Alumínio - Motor Weg 1,5cv 220/380v - 1730rpm 60Hz - trifásico. Ptr. 4487</t>
+        </is>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="B27" s="4" t="inlineStr">
+        <is>
+          <t> Bobinador Hidráulico mod RH45A - 80rpm - cap.max. 115Kg</t>
+        </is>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="B28" s="4" t="inlineStr">
+        <is>
+          <t> Prensa Balancim manual - 6 Ton - ptr.4508</t>
+        </is>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="B29" s="4" t="inlineStr">
+        <is>
+          <t> Prensa balancim borracha manual com aquecimento - Mesa 300 x 400 mm - Ptr. 4508</t>
+        </is>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="B30" s="4" t="inlineStr">
+        <is>
+          <t> Laminadora de rosca rolo e setor M/ Ussr AA-2516 - Diam. Max 4.0mm - Comp corpo 6 - 50 - Rosca max 35 - rpm 40 - 200 Ptr. 4569</t>
+        </is>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="B31" s="4" t="inlineStr">
+        <is>
+          <t> Rosqueadeira automática de coluna ICO - Acionamento pedal - motor 1/3cv 220/380v 1745 rpm Ptr. 4603</t>
+        </is>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t> Furadeira de bancada mesa giratória - Motor 1/3cv 220V - Ptr. 4612</t>
+        </is>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t> Retífica centerless Bovi BE - 40 - ptr.4633</t>
+        </is>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="B34" s="4" t="inlineStr">
+        <is>
+          <t> Prensa Balancim mecânico tipo C - Helmo - 2.5 ton. Ptr. 4695</t>
+        </is>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t> Prensa horizontal 4 estágios Waterbury Farrel N3 - motor 15 cv bomba 875rpm</t>
+        </is>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t> Prensa Balancim de corte mecânico Açoreal Sam-100 - motor 1/2cv 220/380v - Ptr.4727</t>
+        </is>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="B37" s="4" t="inlineStr">
+        <is>
+          <t> Fresadora Universal Parkson - Lub. Centralizada - divisor - digital 3 eixos - cabeçote vertical - Ptr. 4822</t>
+        </is>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="B38" s="4" t="inlineStr">
+        <is>
+          <t> Serra tipo teico circular engrenada sem morça Macc New350 S - motor 2.4kw - peso 280kg - ptr. 4825</t>
+        </is>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t> Lixadeira industrial de cinta - motor 2cv monofasico 3200rpm ptr.4855</t>
+        </is>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="B40" s="4" t="inlineStr">
+        <is>
+          <t> Máquina de pregar botão automática YKK do Brasil NMSAM-86000 - Motor 1/4cv 110/220v monofásica 1730 rpm Ptr. 4861</t>
+        </is>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t> Lote com: 03 unid. Desentupidora de vareta Ridgid Kollmann K-1000 - Ptr. 4862</t>
+        </is>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t> Forno industrial Ray Buners BPM5-GV - painel de controle 2 queimadores 1 exaustor - Ptr 4863</t>
+        </is>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t> Serra circular de coluna vertical automática Imet (italia) SIRIO 370 AF-E - 380V Trifasico - 60Hz</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t> Maquina de jateamento gelo seco Mini Blast SDI-5 CAE Alpheus Inc. Ptr. 4874</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t> Serra Circular Kasto WA-C7 C1000 x L 600 x H 2010. Ptr.4912</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="B46" s="4" t="inlineStr">
+        <is>
+          <t> Tesoura universal metaleira 65 ton - Mubea Muhr und Bender KBL-16 - Ptr. 4917</t>
+        </is>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t> Furadeira de bancada de precisão Rosquinel - A600 x L360 x C360mm - ptr. 4931</t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t> Pórtico giratório 3 ton - Ptr. 4936</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="B49" s="4" t="inlineStr">
+        <is>
+          <t> Retífica Centerless be50-100 Boneli - peso 1400Kg. - Ptr.4944</t>
+        </is>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t> Serra tico tico de bancada vintage Acerba T4 - Monofásico 110/220v - 1725 rpm 1/3hp - Ptr. 4978</t>
+        </is>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t> Máquina laminadora de rosca Zeny - 220V - Ptr. 4997</t>
+        </is>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t> Serra de fita Dacco DH20A automática - Fita 17” 9” x1-1/2” x 0,050” (5410 mm x 1,3) 0 Ptr. 4999</t>
+        </is>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica baquelite borracha sinterização Metalurgica Itapoa - Ptr. 5008/9</t>
+        </is>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="B54" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica baquelite borracha sinterização Metalurgica Itapoa - Ptr. 5009</t>
+        </is>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica tipo H rápida - 60 Ton - manual/auto. - Ptr. 5015</t>
+        </is>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica rápida - 45 ton. - Ptr. 5016</t>
+        </is>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t> Serra fita industrial automática Amada H.A 400 - 400mm - Ptr. 5054</t>
+        </is>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t> Agitador misturador manual Denver JOY D-1 Float - ptr. 5086</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t> Maquina de estampar camiseta Compacta Print TP-35 - Mesa H43 x C65 x L45 cm - temp.max. 330 - Ptr. 5087</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t> Tombador de bobina Upender CTP HPH - Cap. 4,5 ton - Peso 1500Kg - Ptr.5111</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t> Rolamento axial de esferas Faq germany 51/53168 - Ptr 5117</t>
+        </is>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t> Rolamento axial de esferas Faq germany 51/53168 - Ptr 5118</t>
+        </is>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="B63" s="4" t="inlineStr">
+        <is>
+          <t> Vector inverter Weg Cfw 08 até 15cv - mod . Cfw080240t3848psz -24 A , 0 – 300 hz. - 380/480v - Ptr. 5133</t>
+        </is>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t> Homogeanizador de alta pressão Gaulin - motor Weg30cv 220/380/440v - 1770 rpm Ptr.5144</t>
+        </is>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t> Curvadora hidráulica de tubos - Marinaro - Motor Weg 5cv - painél elétrico - conjuntos de ferramentas - - 4”, 3”, 2.1/2” , 2” , 1.1/2 “ , 1.1/4” , 1 . Ptr.5145</t>
+        </is>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="B66" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica Villares com troler - 500Kg - 220/380/440v - 1560Rpm. </t>
+        </is>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t> Compressor Radial Motor - Siemens 19,5Cv  3500ron 380/440v- Nash-elmo G-200 Ptr. 5230</t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t> Empilhadeira Hidráulica para bobinas - Ptr. 5239</t>
+        </is>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t> Máquina Rooller Grooving - Ranhurados Mod CO-DH01-BA - peso 679Kg - Ptr. 5249</t>
+        </is>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t> Cabeçote fresadora ferramenteira - motor 2,5cv/1,8 cv - 220V 2510/1420 rpm - 60Hz - Ptr.5257</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t> Lavadora de peças para oficina - Ptr.5265</t>
+        </is>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t> Lavador de gases Stm 2500 Aerovento STM 2500 - vol. 56.64 m3/min - Pressão 20 mm - 1800Rpm - Ptr.5274</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t> Tesoura pneumática Trumpf </t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t> CNC Vertical machines center Policomp 93x82-3.5 2015 - Med.: 500x - 500y - 130z mm - Ptr. 5309</t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica 400 Ton - curso 500 - Mesa 1000x800 - martelo 1200x550 - Ptr. 5310</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t> Moinho bomba catavento Ptr. 5311</t>
+        </is>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica 4 colunas Mod. PH40 - curso 800mm - Ptr. 5380</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t> Forno Industrial Grefortec GFT 3115FE ventilação forçada- Ptr. 5390</t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t> Lote com: 02 Solda Mid Lincoln Eletric Idealarc CV400I - 300a100% 400a60% - 220/380/440V - Sem cabeçote - A tag 14,0056 B tag 14,0033 - 300Kg Patr. 5406A/B</t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t> Prensa de fricção 90 ton - MASCHINENFABRIK WEINGARTEN - PL-1 - Motor 5cv . Patr. 5408</t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t> Balancim Hidráulico de corte Hidracorte - Ptr. 5410</t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t> Masseira/batedeira/misturador com aquecedor de massa G.paniz Corzerella CZ - Ptr.5414</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t> Exaustor WEG 25Cv 220/380/440v 3510Rpm Ptr. 5441</t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t> Motovibradores -  industrial Derrick SGX-34-18-460/480-6-001 Ptr. 5463</t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t> Pesadora envasadora Semi automática Jumbo Taylor TE 10 - Ptr. 5466</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t> Serra automática hidráulica Alje SH12</t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t> Talha elétrica de corrente Demag PK5N - 1000Kg - Elev. 3m - 220/440V Ptr. 5518 </t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica  Sack </t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t> Máquina de solda  Bambozzi TDG - 400ED - 220/380/440V - 50/60Hz - 40 a 400A patr. 5537</t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t> Laminadora de rosca Recartilha A23 patr. 5550</t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t> Fresadora universal com cabeçote vertical WMW - A200 x L240 x C200 cm - 3 Eixos - vel max 2000rpm - peso 3800kg ptr. 5567</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> Maquina limpa fossa industrial auto vácuo Wachs Trav-L-VAC 300 ptr.5575</t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t> Endireitadeira/cortadeira de arame e vergalhão Shuster 3 AV - 2 motores 30cv - 9/16” - 220/440v - ptr. 5587 .</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t> Compressor de ar vintage motor E.Quetin paris 110/220 v 150 W 1400rpm patr. 5599</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t> Tunel de encolhimento refrigerador Ptr. 5631</t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t> Laminadora industrial Schmitz - motor 20cv 1730rpm 220/380 - ptr. 5637</t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t> Martelo forjaria cutelaria de bancada - ptr. 5652</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t> Serra circular automática para mesa - Wagner WHS 630 A</t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t> Furadeira sensitiva Sigourney M100A - motor 1/4cv 1200 rpm - mesa 215 x 245mm ptr. 5663</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t> Ventilador exaustor industrial turbo portátil VNT furacão  - Weg 12,5 Cv 220/380/440/760 v - 1770 rpm 60hz</t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> Recravadeira de latas - coluna - Motor Weg 3/4cv 1725 rpm</t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t> Calandra industrial motorizada para chapas Setrema L350</t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> Bomba de recirculação de iodo ativo ABS RCP8031 A 250/4EC i6 - 25Kw 286 rpm 1800M3/h 460V trifásico - peso 315 kg ptr. 5719</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> Plaina de mesa Bezzan WBp3 - Motor WEG 5cv 1730rpm - 220/480V trifásico - Curso: x 2700 y 1000 z 1000mm Ptr.5726</t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t> Prensa hidráulica 50 ton Tipo H - 220v - Mesa C400 x L400 x H500 ptr.5770</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t> Prensa mecânica Balancim manual Fred Frey - 20 ton tipo C - Ptr. 5783</t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t> Redutor variador de velocidade DTp - Rpm 600/400 - variador de velocidade dtp/piv ptr. 5791</t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t> Redutor de velocidade 2 eixos 1/20 Cestari - medida externas 45 x 45 x 35 mm . Ptr. 5793</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t> Redutor de velocidade 1-20 Cestari Ptr. 5794</t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t> Redutor de velocidade 2 eixos 1/9 Cestari. Ptr. 5795</t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t> Redutor de velocidade 2 eixos 1/25 - Cestari. Ptr. 5796</t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t> Redutor de velocidade 2 eixos 1/21 Vetam. Ptr. 5797</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>