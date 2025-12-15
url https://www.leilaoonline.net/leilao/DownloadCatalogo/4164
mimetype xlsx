--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -281,115 +281,115 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>5001</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA 1000 TON VERSON .</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>950.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>5002</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>PRENSA HIDRÁULICA 1000 TON  4 COLUNAS</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>950.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>5003</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>CENTRO DE USINAGEM </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>950.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>5004</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
@@ -409,2643 +409,2643 @@
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>450.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>5005</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEOS ] MÁQUINA DE CORTE E GRAVAÇÃO A LASER 110V DE POTENCIA - AREA DE TRABALHO 1300 X 900 MM</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>6000</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>EMPILHADEIRA ELETRICA CAPACIDADE 2 TON. ( BATERIA E CARREGADOR INCLUSO) - NO ESTADO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>6001</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] GERADOR STEMAC 150KVA ANO 2013 - CHAVE AUTOMÁTICA DE 400A - MOTOR 25 HORAS - MOTOR MWM 6CC</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>6002</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Grupo Gerador. 625 kva. Motor Cummins KTA19 755hp. Funcionando.</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>6003</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Grupo Gerador. 625 kva. Motor Cummins KTA19 755hp. Funcionando.</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>6004</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Gerador 850kva (sem motor)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>6005</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>Carrinho em inox com rodas para vender lanche cachorro quente.</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>6009</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Plataforma elevatória marca Sinoboom. Altura de trabalho 12 metros. Elétrica com baterias. Bom estado. Ano 2013</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>6019</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Aprox. 27 unidades de Bobinas 24V</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>6020</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] Motor Mercedes 352 funcionando</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>6021</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>LOTE DE MATERIAS DIVERSOS SENDO; (LT01)(5 Esmerilhaderias 4.1/2" a cabo / 3 Esmerilhadeira 4.1/2" a bateria / 11 empunhadura p/ esmerilhadeira  / 9 Esmerilhadeira 7" / 1 Ar condicionado 10.000 BTU / 8 Maquina de solda (Esab e sumig) / 4 maletas  / 2 parafusadeira a bateria/ 6 bateria / 1 carregador </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>6022</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>LOTE DE MATERIAS DIVERSOS SENDO; (LT02)(12 caixas de ferramentas / 2 torquimetro  / 1 Grifo 24" / 5 Caneta de maçarico  / 5 Trena / 1 Grampeador de tapaceiro  / 1 Nível / 1 Trava quedas / 8 Manômetros / 1 Regulador de pressão  / 1 Alicate amperímetro  / 1 Multímetro  / 60 metros de cabo de aço 1/2" </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>6023</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>02 EIXOS CLARCK DIRECIONAL COMPLETO COM RODAS / PNEUS (4 RODAS E 4 PNEUS)</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>6024</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>LOTE DE MATERIAS DIVERSOS SENDO; (LT03)(1 Impressora HP LaserJet Pro MFP M428fdw / 1 Impressora Epson L395 / 1 Impresora HP colorida  / 8 toners  / 2 Mouse sem fio  / 1 Teclado com fio  / 2 Celular Samsung A03 Core</t>
+          <t>LOTE DE MATERIAS DIVERSOS SENDO; (LT03)(1 Impressora HP LaserJet Pro MFP M428fdw / 1 Impressora Epson L395 / 1 Impresora HP colorida  / 8 toners  / 2 Mouse sem fio  / 1 Teclado com fio  / 2 Celular Samsung A03 Core/1 Tv 60" HQ</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>6027</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>CONTAINER 6 MTS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>6028</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> 02  tanques de caminhão</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>6030</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Maquina de rebitar freio</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>6033</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>1 Compressor</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>6034</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>6035</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> 7 filtros Tecfil  PSL523</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>6041</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Tanque Coral 2.000 litros com Bomba Andrade Masp 51. Marcas Jacto/Andrade. Ano 2010</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>6044</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL VOLVO FH 400 ANO 2010</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>6057</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>Redutor De Velocidade Flender 500cv</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>6112</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Aprox. 124 Itens de peças para Rompedor Pneumático Tex 31/41. (Veja o Descritivo)</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>6113</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Aprox. 50 Peças de Veiculos Fiat, GM e VW. (Veja o Descritivo)</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>6114</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>6115</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>Motor diesel Rhino 6 Cilindros para Escavadeira New Holland E385</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>6116</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Aprox. 37 unidades de Punhos para Perfuratriz e Bitz Botão. Veja especificações</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>6120</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>Dobradiças aprox 10 mil unid</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>6121</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>Dobradiças aprox 10 mil unid</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>6122</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>Caixa Pallet 80x80x65 cm  marca John Deere PY2215</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>6200</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> 02 Unidades de Resfriadores em aço inox para refrigerante </t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>6201</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> 02 Carregadores de bateria – marca Adelco </t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>6501</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>6502</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>6503</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>6504</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>6506</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>6507</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>6508</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>6509</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>6510</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>6511</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>6512</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>6513</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>6514</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>6515</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>6516</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>6517</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> Gerador de Fluxo de Ar Modelo GF-2000</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>6518</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t>Grupo Gerador de energia 50 kVa Motor Detroit 4 cilindros. Diesel</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>7000</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA DE CAFÉ ITALIANA 2 BICOS ( cor branca)</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>7001</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA DE CAFÉ ITALIANA 3 BICOS </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>7002</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t>MÁQUINA DE CAFÉ ITALIANA 2 BICOS</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>7004</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> Relógio de Ponto Dimep Smart Point Biométrico FS-01 - Alimentação: - Fonte chaveada Full Range; - Entrada: 100-240 v, 50-60Hz; - Saída: 09 v 1,5 A; - Consumo: 15 w. Dimensões Aproximadas: - Largura: 168 mm - Altura: 268 mm - Profundidade: 94 mm - Peso: 0,6 Kg</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>7005</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> Relógio de Ponto Dimep Smart Point Biométrico FS-01 - Alimentação: - Fonte chaveada Full Range; - Entrada: 100-240 v, 50-60Hz; - Saída: 09 v 1,5 A; - Consumo: 15 w. Dimensões Aproximadas: - Largura: 168 mm - Altura: 268 mm - Profundidade: 94 mm - Peso: 0,6 Kg</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>7006</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> Relógio de Ponto Dimep Smart Point Biométrico FS-01 - Alimentação: - Fonte chaveada Full Range; - Entrada: 100-240 v, 50-60Hz; - Saída: 09 v 1,5 A; - Consumo: 15 w. Dimensões Aproximadas: - Largura: 168 mm - Altura: 268 mm - Profundidade: 94 mm - Peso: 0,6 Kg</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>7007</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> Relógio de Ponto Dimep Smart Point Biométrico FS-01 - Alimentação: - Fonte chaveada Full Range; - Entrada: 100-240 v, 50-60Hz; - Saída: 09 v 1,5 A; - Consumo: 15 w. Dimensões Aproximadas: - Largura: 168 mm - Altura: 268 mm - Profundidade: 94 mm - Peso: 0,6 Kg</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>7008</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> Relógio de Ponto Dimep Smart Point Biométrico FS-01 - Alimentação: - Fonte chaveada Full Range; - Entrada: 100-240 v, 50-60Hz; - Saída: 09 v 1,5 A; - Consumo: 15 w. Dimensões Aproximadas: - Largura: 168 mm - Altura: 268 mm - Profundidade: 94 mm - Peso: 0,6 Kg</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>7011</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t>MULT-GRILL BACON 220V</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>7013</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t>APROX.. 38 UN. CONTROLE DE ACESSO-LEITOR AUTONOMO ASSA ABLOY V-KPRIL</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>7018</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>7 MÁQUINAS DE AÇAÍ ARPIFRIO (NO ESTADO QUE SE ENCONTRA E COM AVARIAS)</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>7019</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t>CILINDRO BRAESI USADO </t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>7040</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t>Dois Rompedores Montamber SC-36 ano 2011. SEM USO</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>7041</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>7042</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>7043</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>7044</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> 03 UN. ROLAMENTO DE GIRO ( SEM USO/NO ESTADO)</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>7045</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> 06 UN. REDUTORES USADOS 1X60 - PARA MOTOR 50HP PRÓPRIO ( PARA EXTRUSÃO PARA FAZER CANOS)</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>7046</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> SOPRADOR MARCA ARZEN (SEM USO) - GM315M3 MIN. / MOTOR WEG 350 CV RPM 1190 - 440 VOLTS.</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>3000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>7047</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> SECADOR MARCA PIOVANI ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>7048</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> SECADOR DE GRÃO DE MATERIAL ESTRUSADO ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>7049</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> MISTURADOR DE PÓ DUPLO DE AÇO ( USADO)</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>7050</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> INJETORA REFORMADA MARCA NETSTAL HP 3000</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>7051</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> MANDRILHADORA MARCA IKEGAI FUSO 100 MESA 1X1 MM ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>7052</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t> FREZA TÓZ UNIVESAL MESA 220X60 MM - ( NO ESTADO)</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>7053</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>7054</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t>MAQUINA DE CORTE DE   VERGALHÃO</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>7055</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t>GERADORA DE ENGRENAGEM - RENANIA MODULO 12 - COMPLETA</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>7056</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t>15 UN.  - BOMBAS DE REFRIGERAÇÃO</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>7058</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t>MOTOR ELÉTRICO WEG 885RPM 225 SM TRIFÁSICO - RECONDICIONADO</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>7059</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t>MOTOR ELÉTRICO WEG 885RPM 225 SM TRIFÁSICO - RECONDICIONADO</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>8003</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] GUILHOTINA HIDRÁULICA RIO NEGRO 3000 MM -  ANO 2003 - CORTA CHAPA ATÉ 1/2`M ( 12,7MM) - FUCIONANDO</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>