--- v0 (2025-10-13)
+++ v1 (2025-12-17)
@@ -281,563 +281,563 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1900</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>SEMI-REBOQUE/RANDON ANO 1986/1986 - 3 EIXOS ( no estado)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1901</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>TRATOR ESTEIRA CATERPILLAR MOD. D5M ANO 1998 - TRANSMISSÃO DESMONTADO / SEM PISTÕES DA LÂMINA - NO ESTADO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>1902</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] MOTONIVELADORA DRESSER MOD. 140C ANO 1989 - MOTOR CUMMINS SERIE C - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1903</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>PÁ CARREGADERIA  KOMATSU MOD. WA 200  SERIE 5 - ANO 2009 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1904</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CATERPILLAR MOD. 120H - ANO 2008- COM RIPPER TRASEIRO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>1906</t>
+          <t>1905</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁUICA</t>
+          <t>MOTONIVELADORA CATERPILAR MOD. 120B SERIE 32C ANO 1984  - FUNCIONANDO - serie 32C1026</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>1908</t>
+          <t>1906</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
+          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁUICA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>1909</t>
+          <t>1908</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEOS ] MOTONIVELADORA NEW HOLLAND MOD. 140B ANO 2006 - COM RIPPER TRASEIRO - FUNCIONANDO</t>
+          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>168.000,00</t>
+          <t>95.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>1910</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>[ VÍDEO ] MINIESCAVADEIRA YANMAR MOD. SV08 ANO 2013 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>36.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>1911</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> MOTONIVELADORA CATERPILLAR MOD. 120H ANO 2005</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>TRATOR MAXION  MOD. 3000 4x4 EMPILHADEIRA ANO 2011</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> SUBSOLADOR AZUL </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>TRATOR MASSEY FERGUSON  MOD. 265 ANO 1994  - DIREÇÃO HIDRÁULICA -  RODEIRO ARO 30 </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>SEMIREBOQUE SR/RANDON SR BA - 3 EIXOS ANO 2000/2001 ( CAÇAMBA) </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> CARROCERIA MALHAL FERRO FUNDO CHAPEADO 6,00 X 2,40</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>2046</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>2061</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>CALCAREADEIRA SPANDER </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>