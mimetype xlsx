--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16564", "1152")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16564", "ÔNIBUS M.B./M.BENZ O 371 RS,ANO/MOD.1990/1991, COR BRANCA      ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16565", "1161")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16565", "HONDA/NXR150 BROS ESD, ANO/MOD.2014, COMB.:ALCO/GASOL, COR VERMELHA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16566", "1162")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16566", "HONDA/NXR150 BROS KS, ANO/MOD.2008, COMB.:GASOLINA , COR VERMELHA  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16567", "1163")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16567", "HONDA/NXR150 BROS KS, ANO/ MOD. 2012- COMBUSTIVEL:ALCO/GASOL, COR PRETA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16568", "1164")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16568", "HONDA/NXR150 BROS KS, ANO/MOD.2007/2008, COMB.GASOLINA, COR VERMELHA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16569", "1166")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16569", "ÔNIBUS M.B./M.BENZ O 371 RS, ANO/MOD. 1990/1991    ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16570", "1167")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16570", " VOLVO/NL12 360 4X2T EDC,ANO/MOD.1998   ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>