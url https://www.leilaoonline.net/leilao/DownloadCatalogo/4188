--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -473,51 +473,51 @@
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>AFIADORA DE FERRAMENTA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
@@ -569,115 +569,115 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
@@ -793,51 +793,51 @@
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>CORTADOR DE ASFALTO/CIMENTO TYROLIT C/ MOTOR HONDA GASOLINA</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
@@ -857,51 +857,51 @@
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA MARCA BUCHER; CAP. 250 LITROS</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
@@ -1113,83 +1113,83 @@
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t>UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">