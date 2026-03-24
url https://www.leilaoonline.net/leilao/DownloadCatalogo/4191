--- v0 (2025-10-26)
+++ v1 (2026-03-24)
@@ -281,595 +281,595 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>LANCHA FOCKER 222; ANO 2005; MOTOR YAMAHA 200HP 2 TEMPOS; CARRETA DE ENCALHE</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>31.250,00</t>
+          <t>73.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>ADUBADEIRA AGRÍCOLA JACTO TELLUS 10000 NPK C/ GPS; ANO 2021</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>TRATOR NEW HOLLAND 5630; COMANDO DUPLO; CABINE AGRO LEITE; PESO NAS RODAS TRASEIRAS; DUAL POWER - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>TRATOR FIAT C/ MOTOR MERCEDES 608; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>TRATOR MASSEY FERGUSON 35X; ANO INDEFINIDO; MOTOR 4CC</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! TRATOR VALMET 85 ID; ANO 1979 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>TRATOR 8 BR; SEM PLAQUETA DE IDENT.</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>7.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>17.000,00</t>
+          <t>20.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>CARRETA SEMI-REBOQUE SR/RANDON SR CAR; ANO 2011/2012</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! GM/CHEVROLET 11000; 1986/1986; BRANCA; DIESEL; MOTOR PERKINS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VOLVO/NH12380 4X2T; 2002/2003; COR BRANCA; COMB. DIESEL</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO FORD/F4000; ANO 1977/1977; COR AZUL; COMB. DIESEL; C/ PRANCHA </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>26.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO M. BENZ/LK 1113; 1980/1981; AMARELA; DIESEL; BASCULANTE; DIREÇÃO HIDRÁULICA</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO M. BENZ/L 1113; 1973/1973; VERMELHA; DIESEL; C/ MUNCK (GARRAFINHA) 3 TONELADAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO PIPA M. BENZ/LK 1513; 1980/1980; COR AMARELA; COMB. DIESEL; C/ 2 EIXOS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>CAMINHONETE IMP/PEUGEOT 504 GD; ANO 1995/1995; COR BRANCA; COMB. DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>FORD/JEEP; 1973/1973; COR VERDE; COMB. GASOLINA</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>24.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>LOTE COM 11 BORRACHAS DE DIVERSAS APLICAÇÕES DE APROX. 25M E 01 GAXETA GRAFITADA DE 5/8</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>