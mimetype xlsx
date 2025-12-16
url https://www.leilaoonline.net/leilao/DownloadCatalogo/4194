--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -569,51 +569,51 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/PEUGEOT 308 FELINE THP; 2013/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Vendido</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
@@ -1625,51 +1625,51 @@
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/BMW 320I; 2019/2020; PRETA; GASOLINA - FUNC. - FIPE APROX.: R$ 202.820,00</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>166.250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">