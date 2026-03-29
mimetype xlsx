--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,4027 +269,3527 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1741", "1162")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1741", " COFRE, S/FR UNID.ZANIN")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1742", "1279")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1742", " PICADOR/NIVELADOR (SEM OS 2 MANCAIS), S/FR UNID.ZANIN")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1743", "1283")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1743", " 8 ESTEIRA DIVERSAS MEDIDAS, S/FR, UND TAMOIO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1744", "1285")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1744", " BORRACHÃO S/FR, UNID. TAMOIO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1789", "1286")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1789", " CARRETA CAÇAMBA, S/FR, UNID. TAMOIO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1792", "2218")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1792", " CAMINHÃO M.BENZ L2325 6X4, ANO 1991, FR72535, UNID. DIAMANTE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1794", "2259")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1794", "CARROCERIA CANA PICADA CINZA SEMI NOVA, ANO 2012, Nº FR96389 UNID. DIAMANTE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1790", "2260")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1790", " CARROCERIA CANA PICADA CINZA SEMI NOVA, ANO 2012, Nº FR96392, UNID. DIAMANTE")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1745", "2274")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1745", " CURVAS  DE  AÇO DIVERSAS MED. S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1917", "2280")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1917", " TRATOR AGRICOLA NEW HOLLAND TM 165, ANO 2002, FR 100128 UND. DIAMANTE ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1791", "2281")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1791", " CARROCERIA TIPO PRANCHA AZUL, FR52945, UNID. DIAMANTE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1793", "2282")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1793", "REB/JULIETA REBOQUE PRANCHA REBAIXADA, ANO 1988, FR70321  UNID. DIAMANTE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1796", "2283")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1796", " SUCATA DE REBOQUE SEM DOCUMENTO, FR75026  UNID. DIAMANTE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1797", "2284")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1797", " REBOQUE USICAMP 7,80 M, ANO 2006, FR88602, UNID. DIAMANTE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1795", "2285")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1795", " REBOQUE RANDON 8,20 M CANA PICADA, ANO 2012, FR96859,  UNID. DIAMANTE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1801", "2286")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1801", " REBOQUE RANDON 8,20 M CANA PICADA, ANO 2012, FR96860,  UNID. DIAMANTE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1798", "2287")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1798", " REBOQUE RANDON 8,20 M CANA PICADA, ANO 2013, FR96874,  UNID. DIAMANTE")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1920", "2288")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1920", " REBOQUE CANA PICADA, ANO 2012, FR 96858 UND. DIAMANTE ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1916", "2289")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1916", " REBOQUE CANA PICADA, ANO 1997, FR 70343 UND. DIAMANTE ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1919", "2290")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1919", " CARRETA ABRIGO COR AZUL, FR 103716 UND. DIAMANTE ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1800", "2292")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1800", " CAT D6ESR TRATOR  ESTEIRA, ANO 1992, FR100008,  UNID. DIAMANTE")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>141.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1803", "2293")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1803", " TURBINA WORTHIGTON MOD 503 THP679, IMOB. 103816  UNID. DIAMANTE")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1802", "2294")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1802", " REDUTOR CESTARI HD6/11 E CARRINHO DEMAG, REDUÇÃO 1:49,2,IMOB.103551, UNID DIAMANTE")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1804", "2295")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1804", " REDUTOR CESTARI Nº PATRIMONIO 77385, UNID DIAMANTE")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1805", "2296")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1805", " 3 REDUTOR URSO BRANCO Nº PATRIMONIO 76624-77387-77383, UNID. DIAMANTE")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1806", "2298")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1806", " REDUTORES DUPLO  CESTARI IMOB 206238 E 206237, UND. DIAMANTE ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1808", "2299")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1808", " 5 REDUTORES ZANINI, S/FR, UND DIAMANTE ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1810", "2300")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1810", "BOMBA EQUIPE  2A 125/30, IMOB 103627  E OUTROS ITENS, UND DIAMANTE")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1807", "2301")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1807", " CABINE METÁLICA AZUL S/FR, UND. DIAMANTE")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1811", "2302")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1811", " TROCADOR DE CALOR, PAT. 77010, S/FR, UND. DIAMANTE")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1812", "2303")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1812", " 15 TUBOS DE AÇO 10 A 24 POLEGADAS E 10 CURVAS, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1816", "2304")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1816", " FILTRO PRENSA MONTADO TECNOPULP ATIVO 76412 IMOB, 102056,  UNID. DIAMANTE")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1814", "2305")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1814", "  3 MAQUINA DE SOLDA MARCA BAMBOZZI, S/FR,  UND DIAMANTE")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1926", "2306")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1926", "CALDEIRA DEDINI V-2/4 32T/H 145ATM, IMOB. 103346, OUTROS ITENS, UNID DIAMANTE")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1738", "3788")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1738", " CONEXÕES T GALVANIZADAS DE 6P 15 UND. APROX.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1746", "3795")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1746", " ESTEIRA DE INOX PESO ESTIMADO 800KG")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1747", "3802")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1747", "TALISCA 230 PEÇAS (SEM USO) ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1817", "3812")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1817", " CAMINHÃO VOLVO NL12 6X4, ANO 1997,COM CARROCERIA TANQUE COMBATE DE INC.  FR97035, E FR98543 UNID. BARRA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1813", "3813")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1813", "CAMINHÃO VOLKSWAGEN 24-220 6X4, ANO 2001, COM CARROCERIA TANQUE COMBATE INC,  FR96419 E FR98518,  UNID. BARRA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1820", "3814")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1820", " CAMINHÃO VOLVO NL10 6X4, ANO 1993 COM  CARROCERIA TANQUE COMBATE INC, FR97217 E FR98549,  UNID. BARRA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1823", "3815")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1823", " CAMINHÃO VOLVO NL10 6X4, ANO 1993, COM CARROCERIA TANQUE COMBATE INC, FR97204 E FR98544,   UNID. BARRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1821", "3816")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1821", " 2 ROÇADEIRA HIDRÁULICA, FR103745 E FR103758. UND BARRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1824", "3817")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1824", " MOTO BOMBA MWM D229/6, FR102406, UND BARRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>12.600,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1748", "4446")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1748", " 121 CAMAS BELICHE, 204 COLCHÃO ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1739", "4449")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1739", " 1 CARRO TRANSP.      ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1773", "4460")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1773", " BANHO MARIA E BALÇÕES E OUTROS S/FR, UND COSTA PINTO ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1776", "4463")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1776", " IMPLEMENTO COBRIDOR, FR67113  ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1777", "4466")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1777", " DOLLY FACHINNI, ANO 1995, FR121901, (SEM DOCUMENTO) ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1778", "4468")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1778", " DOLLY USICAMP, ANO 2006, FR22620,  (SEM DOCUMENTO)  ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1779", "4469")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1779", " CENTRIFUGA DE VINHO, S/FR")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1849", "4471")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1849", " HIDROROL METALMAG (ROLÃO), FR57154 UNID COPI")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>11.450,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1852", "4472")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1852", " CARROCERIA CANA PICADA (COR VERDE) S/FR UNID COPI")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1850", "4473")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1850", " CARROCERIA CANA INTEIRA S/FR (AZUL) UNID COPI")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1848", "4474")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1848", " CARROCERIA CANA PICADA S/FR (AZUL) UNID COPI")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1851", "4475")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1851", " PISTÕES P/ TRANSBORDO DIVERSOS (10 QUANT. APROX.) UNID COPI")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1853", "4476")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1853", " HIDROROL METALMAG (ROLÃO), FR57203 UNID COPI")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1847", "4477")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1847", " CONCHA DIANTEIRA RETRO CAT 416D UNID COPI")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1737", "5355")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1737", " 7 CAMAS, 7 COLCHÕES, 1 CRIADO E 1 MAQUINA DE ESCREVER ELÉTRICA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1749", "5375")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1749", " 7 RASTELOS COR VERDE")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1750", "5395")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1750", " REB. RODOVIARIA 7,60M CANA INT; ANO 1988 FR121043")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1735", "5411")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1735", " 4  SUCATA CARROCERIA DE CANA PICADA E INTEIRA, IMOB 052316")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1751", "5422")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1751", " 1 REDUTOR MAUSA BRANCO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1752", "5423")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1752", " 1 REDUTOR MAUSA RELAÇÃO 1X71 AMARELO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1753", "5430")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1753", " 2 PENEIRAS MOLECULARES ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1754", "5431")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1754", " 11 RODETES E OUTROS, S/FR UND BONFIM")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1755", "5437")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1755", " SECADOR DE AÇÚCAR, S/FR - ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1826", "5450")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1826", " REBOQUE FACCHINI 7,50 M, ANO 1995, FR121253, UNID. BONFIM")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1843", "5451")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1843", "REBOQUE CAMAQ 7,50 M,ANO 1994, FR121214, ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1825", "5452")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1825", " REBOQUE CAMAQ 7,50 M,ANO 1990, FR121084, UNID. BONFIM")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1827", "5453")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1827", " REBOQUE FACCHINI 7,50 M, ANO 1995,FR121237, UNID. BONFIM")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1828", "5454")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1828", " REBOQUE FACCHINI 7,50 M, ANO 1995, FR121250,  UNID. BONFIM")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1831", "5455")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1831", " REBOQUE FACCHINI 7,50 M, ANO 1995, FR121243,  UNID. BONFIM")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1830", "5456")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1830", " REBOQUE CAMAQ 7,50 M, ANO 1989, FR121051, UNID. BONFIM")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1832", "5457")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1832", " REBOQUE FACCHINI 7,50 M, ANO 1995, FR121246, UNID. BONFIM")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1829", "5458")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1829", " REBOQUE FACCHINI 7,50 M, ANO 1994, FR121144, UNID. BONFIM")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1834", "5459")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1834", " REBOQUE FACCHINI 7,50 M, ANO 1995, FR121239, UNID. BONFIM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1833", "5460")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1833", " REBOQUE FACCHINI 7,50 M, ANO 1994, FR121173, UNID. BONFIM")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1835", "5461")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1835", " REBOQUE SERMANTEC 7,50 M, ANO 1993, FR121133, UNID. BONFIM")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1840", "5462")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1840", " REBOQUE FACCHINI 7,50 M, ANO 1994, FR121143, UNID. BONFIM")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1836", "5463")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1836", "SR/RANDON, ANO 1979, PLACA BKE6442, FR121227, UNID. BONFIM")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1838", "5464")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1838", " CAT 966 PÁ CARREGADORA ( PAROU FUNCIONANDO), ANO 1980, FR116267, UNID. BONFIM  ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>53.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1839", "5465")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1839", " MF 86S RETRO ESCAVADORA, ANO 1993, FR115436, UNID. BONFIM")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1781", "8256")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1781", " QUEBRA LOMBO SERMAG")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1780", "8257")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1780", " CULTIVADOR FR37955")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1783", "8262")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1783", " CARRETA TORTA DE FILTRO FR139791/ 228065/ 67036")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1784", "8266")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1784", " 4 TANQUES DE AÇO NO ESTADO  LOCAL RAFARD/SP")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1782", "8267")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1782", " JET AÇUCAR,S/FR")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1788", "8271")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1788", "FREEZER, BANHO MARIA E OUTROS S/FR")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1844", "8272")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1844", "GERADOR BBC 500 CV. PATRIMÔNIO 009051 – 3822,")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1918", "8274")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1918", " ESTRUTURA LEVANTE DIANT. TRATOR COMPOSTADOR, FR30040 UND. RAFARD FAZ. COPOAVA ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1922", "8276")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1922", " IMPLEMENTO ARADO, SUCATEADO S/FR, UND. RAFARD FAZ. COPOAVA ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1941", "8277")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1941", "EQUIPAMENTOS DE COZINHA INDUSTRIAL E OUTROS S/FR, UND RAFARD")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1942", "8278")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1942", "EQUIPAMENTOS DE GINASTICA E OUTROS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1943", "8279")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1943", "ROÇADEIRA E MOTO SERRA, S/FR UND RAFARD")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1733", "9136")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1733", " 1 COFRE C/ 2 PORTAS, ATIVO36836, S/FR UND S.FRANCISCO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1787", "9141")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1787", " CAT 416D RETRO ESCAVADEIRA, ANO  2003, ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1785", "9143")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1785", " TANQUE INDUSTRIAL, S/FR")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1923", "9144")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1923", " CARRETA DE PLANTIO, FR139787, UNID SÃO FRANCISCO ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1734", "11401")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1734", " 1 MEDIDOR DE COMBUSTÍVEL, PAT.170926, 01 RADIO AMADOR MOTOROLA, S/FR UND SERRA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1756", "11406")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1756", " CAMINHÃO GM D12000  FR360368, ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>15.800,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1757", "11407")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1757", " GERADOR COM TURBINA E REDUTOR MONTADO (REVISADO POUCO USO)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1758", "11412")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1758", "CAMINHAO VOLVO MOD.  NL12 6x4, ANO 1993, FR34084, UND SERRA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>23.200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1841", "11413")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1841", " CAT 12H MOTONIVELADORA, ANO 2007, FR360608, UNID. SERRA")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>132.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1842", "11414")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1842", " CAT 966 PÁ CARREGADORA, ANO 1984, FR127282, UNID. SERRA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1759", "12111")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1759", " ENLEIRADEIRA, ANO 2009, FR134025")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1760", "12121")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1760", " CARROCERIA COMBOIO, ANO 2010, FR92092")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1761", "12123")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1761", " TRANSBORDO SANTAL 8 T, ANO 1998 FR91323")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1762", "12124")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1762", " TRANSBORDO SANTAL 8 T, ANO 1998 FR91329")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1763", "12132")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1763", " CARRETA SERV. DIVERSOS, ANO 2006 FR 92702")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1764", "12135")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1764", " CALDEIRA DE INOX")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1765", "12136")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1765", " MAQUINA SOPRADORA DE FILTRO DE AR")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1766", "12152")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1766", " MÓVEIS, UTENSÍLIOS E DIVERSOS ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1767", "12160")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1767", " PEÇAS PARA TRANSBORDO E  IMPLEMENTOS DIVERSAS ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1768", "12161")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1768", " PEÇAS PARA CAMINHÃO VW-26.220 - VW-15.180, PEÇAS MB ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1769", "12162")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1769", " PEÇAS VALTRA, PEÇAS JD, PEÇAS MF ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1770", "12163")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1770", " PEÇAS CASE, PEÇAS CAT ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1771", "12166")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1771", " COBRIDOR, ANO 2008 FR92728")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1732", "12168")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1732", " GERADOR PORTATIL CA, ANO 2012 FR92805")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1731", "12169")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1731", " GERADOR PORTATIL CA, ANO 2012 FR92809")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1924", "15217")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1924", " CHARRETE TRAÇÃO ANIMAL, S/FR, UND. BOM RETIRO ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1925", "15218")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1925", " TANQUE FIBRA P/ REBOQUE CAPAC. APROX. 15.000l, S/FR(39255), UND. BOM RETIRO ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1856", "16164")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1856", " CARRETA DE PLANTIO, FR25411, UND STª HELENA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1854", "16165")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1854", " 2 DOLLY ANTONINI, FR56962 E 56937  UND STª HELENA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1855", "16166")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1855", " CARRETA DE PLANTIO, FR25423  UND STª HELENA")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1740", "16167")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1740", " TANQUE ETANOL, S/FR,  UND STª HELENA    ")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>