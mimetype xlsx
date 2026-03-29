--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17107", "199")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17107", "COLHEDORA JOHN DEERE  5650 SÉRIE MC01175A049672X, ANO 2004,  FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17106", "200")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17106", "COLHEDORA M. FERGUSON 5650 PREMIUM SÉRIE 5650128611, ANO FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16659", "201")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16659", " FÁBRICA DE BEBIDA COMPLETA parou funcionando Novas fotos adicionadas (50 toneladas de inox aprox) VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>320.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16657", "202")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16657", " BRITADOR MARCA SANDVIK  MODELO 120/80 ANO 2010 COMPLETO EM ÓTIMO ESTADO  (MENOS PAINEL) ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>296.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16661", "203")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16661", " TRATOR MASSEY FERGUSON 275 (TR15)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16660", "204")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16660", " TRATOR VALMET 1280 R  PAROU FUNCIONANDO (FALTA BATERIA)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16654", "205")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16654", " TRATOR MASSEY FERGUSON 265 (TR9)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16662", "206")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16662", " TRATOR PA PULA PULA  PAROU FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16655", "207")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16655", " TRATOR MASSEY FERGUSON 265, PAROU FUNCIONANDO (TR07)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16658", "208")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16658", " TRATOR MASSEY FERGUSON  235, PAROU FUNCIONANDO (TR03)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16656", "209")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16656", " CHILLER PAROU FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16691", "210")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16691", "GUINDASTE MARCA KRANEKAR PARA 9 toneladas c/ d.hidráulica FUNCIONANDO  ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16692", "211")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16692", "BRITADOR CONE SANDVIK CS 430 ,COM MOTOR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>186.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16693", "212")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16693", "SECADOR DE GRÃOS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16695", "213")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16695", "CAMINHÃO GUINCHO FORD CARGO 815 E  - FUNCIONANDO, ANO 2009  NOVAS FOTOS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16696", "214")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16696", "PENEIRA  VIBRATÓRIA  DE 2 DEC  COMPRIMENTO  6.70 LARGURA  2.40 ÓTIMO ESTADO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16712", "215")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16712", "EXTRUSORA SIPA MACHINI")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16713", "216")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16713", "4 EIXO FERRO FUNDIDO med, 1500 x 600  PESO ESTIMADO 12 toneladas")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16714", "217")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16714", "1 BRITADOR 80/50 FAÇO C/ MOTOR 75 cv , 1 MOINHO SEM MOTOR, 2 DEIA, 1 ALIMENTADOR, 2 ESTEIRA DE 15 mts, LOC UBERLÂNDIA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16715", "218")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16715", "8 PÓRTICO DE GRUA COM REDUTOR E MOTOR")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16947", "219")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16947", " BRITADOR CONE 11.44 SX c/ MOTOR RESERVATÓRIO  COMPLETO   LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16940", "220")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16940", " 165 Mts DE ESTEIRAS COMPLETO c/ MOTOR  REDUTORES E BORRACHAS - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16948", "221")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16948", " GUINDASTE MUNK  MARCA  ING  16500 ANO 2011 - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16943", "223")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16943", " 7 SUCATA 7 ÔNIBUS VOLVO  B10 (BAIXADOS)  LOC: LUZIÂNIA - GO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16945", "224")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16945", " MOTOR  COM CÂMBIO MWM  COMPLETO - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16946", "225")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16946", " PENEIRA  MARCA  FAÇO DE 3 DEC PAROU FUNCIONANDO - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16942", "226")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16942", "BRITADOR  MARCA MANOBRAS 90/60 C/ ALIMENTADOR, MOTOR - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16944", "227")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16944", "80 METROS DE ESTEIRAS  E 3 PENEIRA - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16949", "228")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16949", " MOTOR  COM CÂMBIO MWM  COMPLETO - LOC: UBERLÂNDIA  - MG")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17006", "229")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17006", "TANQUE 23000 lts, peso aprox. 4 toneladas LOC: UBERLÂNDIA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17007", "230")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17007", "TANQUE 23000 lts, peso aprox. 4 toneladas LOC: UBERLÂNDIA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17008", "231")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17008", "TANQUE 23000 lts, peso aprox. 4 toneladas LOC: UBERLÂNDIA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17022", "232")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17022", "TORRE DE RESFRIAMENTO EM AÇO INOX  C/ MOTOR DE  30 CV, med 3 metros LARGURA POR 5 metros ALTURA ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17023", "233")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17023", "4 REDUTOR  E  1 R 90")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17025", "235")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17025", "17 PIRULITO  DA CASE SEM USO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17026", "236")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17026", "20 BARRA DIREÇÃO DE VÁRIAS MARCAS SEM USO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17027", "237")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17027", "2 CARRINHO PONTE rolante 40 toneladas")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17028", "238")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17028", "2 JUNTAS DE DILATAÇÃO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17029", "239")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17029", "3 PRENÇA E 2 TC EM AÇO INOX")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17030", "240")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17030", "1 EMPACOTADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17031", "241")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17031", "2 DEIA DUPLA SEM USO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17108", "242")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17108", "TANQUE DE INOX 304 8000 MIL LITROS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17109", "243")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17109", "ENCAIXOTADORA PLUG AND PLAY - 10.000 MIL GARRAFAS HORA FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17110", "244")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17110", "CALDEIRA ATA GERADOR A VAPOR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17111", "245")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17111", "ROTULADORA EXTRA FIX, 6500 GARRAFAS POR HORA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17112", "246")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17112", "ENVASADORA ZEGLA BOCADA R2 RT 24-30-6 GR FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>