--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -281,1427 +281,1427 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark CMP450L 2006 - para 4,5 ton - Motor Diesel ( substituido ) originalmente sai com motor gasolina mas colocamosdiesel funcionando</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark CMP 450d 2008 - 5 Ton. - motor desmanchado</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Clark - 3,5ton. - Sem identificação - Motor substituído </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Hyundai HR Hdb 2013/2014</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> Mitsubishi L200 gl 2.5 4x4 diesel - 2011/2012 - 265.000 km </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> Lote com: duas plataformas elevatória tesoura - Genie/JGL(2033-E) - sem identificação</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> Motoniveladora Patrol Caterpillar modelo 16 - Com escarifador - Sem identificação </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> Caminhão Ford Cargo 1119  2014/2014 - Substituição para truck (1519) - Documentado - Prancha 8 metros</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> Britador de mandíbula 30x20</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> Unidade de britagem móvel - Motor 35Cv - 70X40 - Engate para Roll-on - </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> Escavadeira Caterpillar Cat-M322D 2008 - Com garra sucateira</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> Britador de mandíbula 90x50 -Sem motor </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>70.000,00</t>
+          <t>76.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> Moinho de facas - Boca 62x40 - 3 facas - </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> Peças de roll-on</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> Calandra -  2,05 comprimento de área de trabalho</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> Mesa vibratória para concreto</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> Desenpenador de vergalhão - Motor 10 Cv - 25M cúbicos </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> Tanque graneleiro - </t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> Patola traseira para caminhão</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> Lancha Focker 180 - motor mercury 90 - Ano 2000 - Acompanha carretinha</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> Tanque reator de inox - 4500 L</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> Munck Grua Eco 10.000 - Mod 806 R2 - 2010</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> compressor marca schulz srp3020 - 2011 - </t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 unidades de trocador de calor - Apv/ Alfa Laval</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> Garra sucateira com caçamba</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> Escavadeira New Hollan E215LC 2008 - Funcionando</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> Escavadeira FiatAllis FE105 - FE105167 - Sem braço - Motor completo</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> Escavadeira FiatiAllis FE105 Com rompedor - FE1050480</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> Pá carregadeira Volvo L120 E - 2003 - L120EV70753</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> Tanque Espargidor de asfalto - Aprox. 3.000L</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> Vassoura Industrial de arraste para uso em asfalto</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> Embaladora de pisos e vidros - 2013</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> Valetadeira - retro completa com pistão e caçamba</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> Niveladora acabadora de asfalto</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> Niveladora acabadora de asfalto - Falcon 300</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> Motor Agrale Diesel com bomba de água</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> Mini Usina de asfalto, pá dupla</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> Eletroimã italindustria - 1,10x0,90x,0,60</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> Lote com: 02 Hidrociclones</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> Concha de bobcat - motor e peças joystick - Sem pistão</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> Empilhadeira Linde HD40 - 4 ton.</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>Lote com: 02 compressores de ar - Worthington Rollair 50 - motor weg</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t>Bomba de Bob Cat</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t>Empilhadeira Jungheinrich TFG 425 - Estrutura modificada, motor original</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>