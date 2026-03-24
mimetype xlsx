--- v0 (2025-11-12)
+++ v1 (2026-03-24)
@@ -281,115 +281,115 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>MMC/L200 TRITON HPE D; 2014/2015; PRETA; DIESEL - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>JINBEI M35; ANO 2010/2010; COR BRANCA; COMB. GASOLINA - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LS DS4; 2021/2022; BRANCA; DIESEL  - FUNCIONANDO - IPVA 2025 OK</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>81.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
@@ -729,51 +729,51 @@
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>CAMINHÃO VW/15.180 CNM; 2010/2011; BRANCA; DIESEL - FUNC. - FIPE APROX.: R$ 208.469,00</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>116.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">