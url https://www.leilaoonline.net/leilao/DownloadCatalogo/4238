--- v0 (2025-11-13)
+++ v1 (2026-02-06)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,544 +281,608 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1900</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>SEMI-REBOQUE/RANDON ANO 1986/1986 - 3 EIXOS ( no estado)</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1901</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>TRATOR ESTEIRA CATERPILLAR MOD. D5M ANO 1998 - TRANSMISSÃO DESMONTADO / SEM PISTÕES DA LÂMINA - NO ESTADO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>1903</t>
+          <t>1902</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>PÁ CARREGADERIA  KOMATSU MOD. WA 200  SERIE 5 - ANO 2009 - FUNCIONANDO</t>
+          <t>ESCAVADEIRA  KOMATSU MOD.PC300 SERIE 7  ANO 2006  </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>1904</t>
+          <t>1903</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t> MOTONIVELADORA CATERPILLAR MOD. 120H - ANO 2008- COM RIPPER TRASEIRO - FUNCIONANDO</t>
+          <t>PÁ CARREGADERIA  KOMATSU MOD. WA 200  SERIE 5 - ANO 2009 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>250.000,00</t>
+          <t>125.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>1905</t>
+          <t>1904</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>MOTONIVELADORA CATERPILAR MOD. 120B SERIE 32C ANO 1984  - FUNCIONANDO - serie 32C1026</t>
+          <t> MOTONIVELADORA CATERPILLAR MOD. 120H - ANO 2008- COM RIPPER TRASEIRO - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>65.000,00</t>
+          <t>250.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>1906</t>
+          <t>1905</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁUICA</t>
+          <t>MOTONIVELADORA CATERPILAR MOD. 120B SERIE 32C ANO 1984  - FUNCIONANDO - serie 32C1026</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>1908</t>
+          <t>1906</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
+          <t> TRATOR MASSEY FERGUSSON MOD. 265 ANOD 1986 - DIREÇÃO HIDRÁUICA</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>95.000,00</t>
+          <t>40.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>1910</t>
+          <t>1907</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>[ VÍDEO ] MINIESCAVADEIRA YANMAR MOD. SV08 ANO 2013 - FUNCIONANDO</t>
+          <t>RETROESCAVADEIRA CASE MOD. 580N ANO 2020 </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>240.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>1911</t>
+          <t>1908</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> MOTONIVELADORA CATERPILLAR MOD. 120H ANO 2005</t>
+          <t> PRANCHA RANDON 3 EIXOS ANO 2008/2009</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>190.000,00</t>
+          <t>95.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>2000.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>1910</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MAXION  MOD. 3000 4x4 EMPILHADEIRA ANO 2011</t>
+          <t>[ VÍDEO ] MINIESCAVADEIRA YANMAR MOD. SV08 ANO 2013 - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>75.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>2005</t>
+          <t>1911</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> SUBSOLADOR AZUL </t>
+          <t> MOTONIVELADORA CATERPILLAR MOD. 120H ANO 2005</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>4.500,00</t>
+          <t>190.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>2010</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MASSEY FERGUSON  MOD. 265 ANO 1994  - DIREÇÃO HIDRÁULICA -  RODEIRO ARO 30 </t>
+          <t>TRATOR MAXION  MOD. 3000 4x4 EMPILHADEIRA ANO 2011</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>45.000,00</t>
+          <t>75.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2005</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>SEMIREBOQUE SR/RANDON SR BA - 3 EIXOS ANO 2000/2001 ( CAÇAMBA) </t>
+          <t> SUBSOLADOR AZUL </t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>35.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> CARROCERIA MALHAL FERRO FUNDO CHAPEADO 6,00 X 2,40</t>
+          <t>TRATOR MASSEY FERGUSON  MOD. 265 ANO 1994  - DIREÇÃO HIDRÁULICA -  RODEIRO ARO 30 </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>7.000,00</t>
+          <t>45.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>2046</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO</t>
+          <t>SEMIREBOQUE SR/RANDON SR BA - 3 EIXOS ANO 2000/2001 ( CAÇAMBA) </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t> CARROCERIA MALHAL FERRO FUNDO CHAPEADO 6,00 X 2,40</t>
+        </is>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="inlineStr">
+        <is>
+          <t>2046</t>
+        </is>
+      </c>
+      <c r="B27" s="4" t="inlineStr">
+        <is>
+          <t> EQUIPAMENTO LIMPEZA DE BOCA DE LOBO - ASPIRA E EMPURRA - NO ESTADO</t>
+        </is>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="inlineStr">
+        <is>
           <t>2061</t>
         </is>
       </c>
-      <c r="B26" s="4" t="inlineStr">
+      <c r="B28" s="4" t="inlineStr">
         <is>
           <t>CALCAREADEIRA SPANDER </t>
         </is>
       </c>
-      <c r="C26" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>