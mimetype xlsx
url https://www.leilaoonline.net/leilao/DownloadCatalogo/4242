--- v0 (2025-11-20)
+++ v1 (2026-02-06)
@@ -281,61 +281,61 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>VEJA VÍDEO!! TOYOTA/COROLLA XEI 2.0 FLEX; ANO 2017/2018; PRETA; ( BLINDADO) . - S/FR. - LOC.SÃO PAULO/SP</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>51.000,00</t>
+          <t>61.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 