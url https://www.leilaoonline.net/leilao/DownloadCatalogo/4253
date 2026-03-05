--- v0 (2025-11-22)
+++ v1 (2026-03-05)
@@ -281,541 +281,541 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE ESTEIRA  KOMATSU - D61EX-23M0 FROTA:  320006 ANO:  2020 HIRUM.: 12702 CHASSI:  KMT0D125ELBB50455 NO ESTADO. </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE ESTEIRA  KOMATSU - D61EX-23M0 FROTA:  320007 ANO:  2020 HIRUM.: 15391 CHASSI:  KMT0D125CLBB50456 NO ESTADO. </t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>44.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> TRATOR DE ESTEIRA  KOMATSU - D61EX-23M0 FROTA:  320008 ANO:  2020 HIRUM.: 12668 CHASSI:  KMT0D125TLBB50457 NO ESTADO. </t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> FACCHINI - BASCULANTE 6m³ FROTA:  2081090 OBS: SEM O CAMINHÃO NO ESTADO.  OBS EQUIPAM. FORA DE OPERAÇÃO: COM PINTURA DESGASTADA, OXIDAÇÃO, ARRANHÕES, NÃO HÁ FUROS APARENTES , ALGUNS AMASSADOS. .  NO ESTADO. </t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> FACCHINI - BASCULANTE 6m³ FROTA:  2081100 OBS: SEM O CAMINHÃO NO ESTADO.  OBS EQUIPAM.FORA DE OPERAÇÃO:  PINTURA DESGASTADA, OXIDAÇÃO, ARRANHÕES, NÃO HÁ FUROS APARENTES. NO ESTADO. </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> FACCHINI - BASCULANTE 6m³ FROTA:  2081110 OBS: SEM O CAMINHÃO NO ESTADO.  OBS EQUIPAM. FORA DE OPERAÇÃO:  COM PINTURA DESGASTADA, OXIDAÇÃO, ARRANHÕES, NÃO HÁ FUROS APARENTES . NO ESTADO.</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> SEMI-REBOQUE SR RANDON SR BA FROTA:  2170200 ANO:  2017 PLACA:  GBX6758 RENAVAM : 1116403347 CHASSI:  9ADB1043HHM409604 NO ESTADO.  OBS EQUIPAM.FORA DE OPERAÇÃO: DESGASTE ACENTUADO NA CHAPARIA, AMASSADOS, RASGOS, OXIDAÇÕES E A PINTURA GASTA,  PROBLEMAS NA ESTRUTURA DE SUPORTE. NO ESTADO. </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> SEMI-REBOQUE SR RANDON SR BA FROTA:  2170110 ANO:  2017 PLACA:  GEU7113 RENAVAM : 1114696789 CHASSI:  9ADB1073GHM406547 NO ESTADO.  OBS EQUIPAM. FORA DE OPERAÇÃO:  EM BOM ESTADO ,  PROBLEMAS NA ESTRUTURA DE SUPORTE. NO ESTADO. </t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> SEMI-REBOQUE SR RANDON SR BA FROTA:  2170120 ANO:  2017 PLACA:  GBV5287 RENAVAM : 1114697130 CHASSI:  9ADB1073HHM409474 NO ESTADO.  OBS EQUIPAM.FORA DE OPERAÇÃO:DESGASTE NA CHAPARIA, AMASSADOS E A PINTURA GASTA, COM PROBLEMAS NA ESTRUTURA DE SUPORTE. NO ESTADO</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> SEMI-REBOQUE ROSSETTI SRBA ST3.25 FROTA:  2210140 ANO:  2021 PLACA:  EGN5J12 RENAVAM : 1264419594 CHASSI:  9A9B11030M3DF5053 NO ESTADO.  OBS EQUIPAM.FORA DE OPERAÇÃO:DESGASTE NA CHAPARIA, AMASSADOS, OXIDAÇÕES, ARRANHÕES E A PINTURA GASTA, COM PROBLEMAS NA ESTRUTURA DE SUPORTE. NO ESTADO.  </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> SEMI-REBOQUE ROSSETTI SRBA ST3.25 FROTA:  2210190 ANO:  2021 PLACA:  EDU6A87 RENAVAM : 1265590718 CHASSI:  9A9B11030M3DF5058 NO ESTADO.  OBS EQUIPAM. FORA DE OPERAÇÃO: DESGASTE NA CHAPARIA,  AMASSADOS, OXIDAÇÕES, ARRANHÕES, RASGOS E A PINTURA GASTA, A PROBLEMAS NA ESTRUTURA DE SUPORTE. NO ESTADO. </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> LOTE COM 87 PNEUS USADOS, NO ESTADO EM QUE SE ENCONTRAM, SENDO:  02 UNID. 205/75R16 E 85 UNID. 225/75R16 NO ESTADO. </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>MERCEDES ATEGO 1719/36 COM EQUIP. USIMECA -  DELTA  15 m³ TOCO MECÂNICO FROTA:  212015 ANO:  2012 PLACA:  ITY3530 RENAVAM : 504842587. CHASSI:  9BM958070CB881932 NO ESTADO.  OBS Painel danificado, parachoque avaridado, pneus sucatas, motor danificado, e sem chave, tomada de força e bomba - Equipamen</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>36.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>MERCEDES ATEGO 1719/36 COM EQUIP. USIMECA -  DELTA  15 m³ TOCO MECÂNICO FROTA:  212016 ANO:  2012 PLACA:  ITY3529 RENAVAM : 504844652. CHASSI:  9BM958070CB881925 NO ESTADO.  OBS Veiculo com motor danificado, sem bateria, pneus sucata, painel danificado, cardan fora do lugar, sem chave - Equipam. não</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>44.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>MERCEDES ATEGO 1719/36, TOCO MECÂNICO, SEM EQUIP. FROTA:  212017 ANO:  2012 PLACA:  ITY3536 RENAVAM : 504917528. CHASSI:  9BM958070CB881941 NO ESTADO.  OBS Veiculo com motor danificado, sem bateria, pneus sucata,  painel danificado, sem chave - </t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>24.000,00</t>
+          <t>36.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>MERCEDES ATEGO 1719/36 COM EQUIP. USIMECA -  DELTA  15 m³ TOCO MECÂNICO FROTA:  212020 ANO:  2012 PLACA:  ITY3533 RENAVAM : 504862600. CHASSI:  9BM95807OCB881920 NO ESTADO.  OBS Veiculo com motor danificado, sem bateria, painel danificado, sem chaves e pneu sucata , Equip. danificado, tampa tras. am</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>32.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 