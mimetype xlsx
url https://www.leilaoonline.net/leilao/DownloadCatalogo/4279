--- v0 (2025-11-22)
+++ v1 (2026-03-26)
@@ -269,2207 +269,1935 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309314", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309314", "PALHETEIRA ELÉTRICA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309315", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309315", "EMPILHADEIRA HYSTER CAP. 2,5 TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309303", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309303", "RETROESCAVADEIRA CAT 416E; ANO 2014/2014; COMB. DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309317", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309317", "veja o vídeo!! MMC/PAJERO DAKAR D; ANO 2013/2013; COR PRETA; COMB. DIESEL - FUNCIONANDO - IPVA 2025 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>74.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309310", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309310", "LIXADEIRA DE CINTA INDUSTRIAL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309308", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309308", "TORNO MECÂNICO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309304", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309304", "REDUTOR MARCA TRANSMOTECNICA; C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309311", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309311", "UNIDADE HIDRÁULICA MARCA BUCHER; CAP. 250 LITROS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309312", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309312", "UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309316", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309316", "LIXADEIRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309313", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309313", "LOTE C/ 3 UNIDADES DE PORTA ESCADA VEICULAR")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309309", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309309", "ZIPPER MACHINE")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309306", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309306", "TURBINA DE AVIÃO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309305", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309305", "TURBINA DE AVIÃO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309307", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309307", "GUINDASTE DE COLUNA; MARCA ADITY BIRLA UTILIZADO EM USINAS OU INDÚSTRIAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309319", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309319", "LOTE COM 13 RACKS METÁLICOS REFORÇADOS, CALVANIZADOS - MEDIDAS APROX.: 1.10 X 0.65 X 0.90 DE ALTURA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309320", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309320", "CARRETA TRANSPORTE DE BOBINA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309321", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309321", "BALANÇA FILIZOLA CAP. 1.000KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309327", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309327", "CARREGADOR KM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309326", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309326", "GERADOR HONDA EP4000")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309323", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309323", "MÁQUINA ENDIREITADEIRA DE VERGALHÕES; C/ UNIDADE HIDRÁULICA MARCA SAUDER DANFOSS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309322", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309322", "BALANÇA DIGITRON CAP. 1.000KG")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309325", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309325", "TRANSFORMADOR ZILMER")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309318", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309318", "LOTE C/ APROX. 49 CAPOTAS DE FIBRA PARA CAMINHONETES")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309324", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309324", "LOTE C/ 02 CAIXAS DE SOM E 02 APARELHOS DE FAX")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309329", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309329", "TRITURADOR INDUSTRIAL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309328", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309328", "PLAINA LIMADORA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309330", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309330", "LOTE C/ 05 PISTÕES")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309331", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309331", "FURADEIRA DE BANCADA E ESMERIL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309339", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309339", "BALANÇA PERFECTA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309338", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309338", "COMPONENTE INDUSTRIAL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309343", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309343", "ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309345", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309345", "GARRA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309344", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309344", "PEÇAS DIVERSAS PARA EMPILHADEIRA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309341", "045")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309341", "BALANCIM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309334", "046")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309334", "GERADOR A DIESEL")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309335", "047")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309335", "GERADOR A DIESEL 6 KVA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309333", "048")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309333", "TRANSFORMADOR A SECO 15 KVA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309332", "049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309332", "TRANSFORMADOR A SECO 15 KVA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309340", "051")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309340", "GUILHOTINA INDUSTRIAL")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309336", "052")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309336", "COMPRESSOR SEM MOTOR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309337", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309337", "GUILHOTINA INDUSTRIAL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309342", "061")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309342", "PLATAFORMA ELEVATÓRIA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309359", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309359", "PLATAFORMA HIDRÁULICA MEDINDO APROX. 1.70 X 2.20 X 1M DE ALTURA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309360", "172")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309360", "EMPILHADEIRA DAEWOO; CAP. 2,5 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309350", "200")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309350", "GELADEIRA GENERAL MOTORS; MOD. FRIGIDAIRE")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309351", "201")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309351", "LOTE DE MÓVEIS DE ESCRITÓRIO (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309347", "202")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309347", "LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309349", "203")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309349", "LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309352", "204")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309352", "LOTE COM 41 UNIDADES DE CARTEIRAS ESCOLARES")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>580,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309348", "205")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309348", "LOTE COM 20 CADEIRAS UNIVERSITÁRIAS NA COR AZUL")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>860,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309353", "206")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309353", "BALANÇA FIZOLA CAP. 150 KGS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309354", "207")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309354", "CORTADOR DE ASFALTO/CIMENTO TYROLIT C/ MOTOR HONDA GASOLINA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309346", "208")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309346", "AFIADORA DE FERRAMENTA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309355", "209")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309355", "MÁQUINA DE FILTRAR ÓLEO; MARCA HIV VAC; C/ MOTOR ELÉTRICO MOD 250 SÉRIE 1717; ACOMPANHA CARRINHO HIDRÁULICO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309356", "210")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309356", "CARRETINHA TANQUE REBOCÁVEL; DUPLO EIXO; EQUIPADA C/ MOTO-BOMBA VW (MOTOR DE FUSCA) E ESPARGIDOR TRASEIRO; CAP. APROX. 4.800L ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309357", "211")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309357", "CARRETINHA SOMENTE PARA USO INTERNO REFORÇADA INDUSTRIAL")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309358", "212")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309358", "PALETEIRA ELÉTRICA AMEISE 1250KG - FUNCIONANDO, NÃO ACOMPANHA CARREGADOR")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309366", "213")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309366", "PLATAFORMA DE ELEVAÇÃO CARGA C/ REDUTOR E MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309365", "214")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309365", "PLATAFORMA DE ELEVAÇÃO CARGA C/ REDUTOR E MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309361", "215")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309361", "LOTE COM 10 UNIDADES DE ESTUFA E FORNOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309364", "216")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309364", "LOTE DE EQUIPAMENTOS DE COZINHA INDUSTRIAL - APROX. 15 PEÇAS GRANDES E 10 PEQUENAS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309369", "217")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309369", "RESERVATÓRIO/MISTURADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309370", "218")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309370", "RESERVATÓRIO/MISTURADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309367", "219")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309367", "UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...15 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309368", "220")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309368", "UNIDADE HIDRÁULICA PORTÁTIL C/ MOTOR À GASOLINA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309363", "221")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309363", "UNIDADE HIDRÁULICA MARCA RACINE")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...388 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...1374 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309362", "222")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309362", "LOTE COM 8 COMPRESSORES DE AR DIVERSOS TAMANHOS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>