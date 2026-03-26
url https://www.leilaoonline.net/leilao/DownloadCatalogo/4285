--- v0 (2025-11-29)
+++ v1 (2026-03-26)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F60"/>
+  <dimension ref="A1:F62"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -269,1644 +269,1500 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/311037", "700")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/311037", "[ VÍDEO ] TOYOTA / BANDEIRANTE ANO 1991/1991 - DIESEL / COR AZUL ( C/ DIREÇÃO HIDRÁULICA)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309708", "800")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309708", " RETROESCAVADEIRA CASE MOD. 580L 4X4 ANO 2000")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
           <t>105.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309709", "801")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309709", " ROLOCOMPACTADOR XCMG MOD. XS120 TRAÇADO ANO 2010")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>185.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309711", "802")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309711", "[ VÍDEOS ] MOTONIVELADORA KOMATSU MOD. GD555 ANO 2011 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309712", "803")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309712", " PÁ CARREGADEIRA CASE MOD W7E ANO APROX. 1978 - MOTOR MB/113 - DIREÇÃO HIDRÁULICA.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/311510", "804")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/311510", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E  ANO 1998 - FUNCIONANDO  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309710", "805")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309710", " RETROESCAVADEIRA CASE MOD. 580N 4X4 ANO 2010 - MOTOR CUMMNIS - TRAÇADO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...20 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309713", "806")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309713", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580M ANO 2008 - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...20 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309714", "807")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309714", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D65E ANO 1983 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...20 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309715", "808")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309715", "ESCAVADEIRA  DOOSAN MOD.DX140LC ANO 2017 - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>215.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...20 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309716", "809")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309716", "ESCAVADEIRA  DOOSAN MOD.DX140LC ANO 2017 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>215.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...20 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309718", "810")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309718", "[ VÍDEOS ] PÁ CARREGADEIRA  CATERPILLAR  MOD 938G  ANO 2003  - SERIE 9HS - OPERACIONAL ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...20 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309719", "811")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309719", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W7 ANO 1980 - MOTOR MB 352 - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...20 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309720", "812")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309720", "[ VÍDEO ] RETROESCAVADEIRA CASE MOD. 580L 4X4 ANO 2000 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...20 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309721", "813")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309721", "[ VÍDEO ] MOTONIVELADORA CASE MOD. 845B ANO 2011 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...20 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309722", "814")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309722", "[ VÍDEO ] MOTONIVELADORA NEW HOLLAND MOD. RG 140 ANO 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...20 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309690", "900")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309690", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 140G - ANO 1996 - - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309717", "901")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309717", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR  MOD. 312C  ANO 2008")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309695", "905")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309695", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD.938H ANO 2008")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309691", "906")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309691", "[ VÍDEO ] ESCAVADEIRA DOOSAN MOD. DX 225 ANO 2012 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309707", "908")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309707", "[ VÍDEO ] ESCAVADEIRA KOMATSU  MOD. PC 160  ANO 2008 -  MOTOR CUMMINS 4CC - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>195.000,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...20 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309698", "909")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309698", "[ VÍDEO ] MOTONIVELADORA DRESSES MOD. 205C VB SERIE 10.000 ANO APROX. 1992 - MOTOR CUMMNINS TURBO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...20 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309687", "910")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309687", "[ VÍDEOS ] PÁ CARREGADEIRA VOLVO MOD. L70 ANO 2000 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>103.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309693", "911")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309693", "[ VÍDEO ] ROLO COMPACTADOR TEMA TERRA MOD. SP68 ANO APROX. 1991")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309688", "913")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309688", "[ VÍDEOS ] MOTONIVELADORA COMBAT  MOD. 190E  ANO 2013 - COM RIPPER - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309696", "914")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309696", "MOTONIVELADORA HUBER MOD. 140 ANO APROX. 1984 - MOTOR MB TURBO - FUNCINANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309689", "916")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309689", "TAMQUE 5.000 LITROS COM BOMBA - BOM ESTADO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>13.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309697", "917")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309697", "ROLO COMPACTADOR TEMA-TERRA MOD. SPV68 ( PARCIAL/NO ESTADO)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309701", "918")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309701", "RETROESCAVADEIRA RANDON MOD. RD  406 - ANO 2013  - 4X4 - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309692", "921")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309692", "[ VÍDEOS ] TRATOR VALMET MOD. 62ID ANO APROX.  1973 - MOTOR MWM - COM ROÇADEIRA SUPER TATU - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309702", "922")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309702", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC MOD. CA25 ANO 1999 / MOTOR CUMMINS ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309705", "923")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309705", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 930 ANO 1983 - TRANSMISSÃO CARTEPILLAR - (4 PNEUS SEMINOVOS)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309706", "924")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309706", "[ VÍDEO ]  MINIESCAVADEIRA BOBCAT MOD. E10 ANO 2022 - (ACONPANHA 3 CONCHAS MEDIDAS DIFERENTES)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309704", "925")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309704", " PÁ CARREGADEIRA MICHIGAN CLARK MOD. 45C ANO 1992")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309703", "926")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309703", " [ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170 ANO 2013")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309673", "1001")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309673", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR MOD.D4E PS  ANO 1988 - TORK - BOMBA BOSCH - RODANTE BOM ESTADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309700", "1006")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309700", "PÁ CARREGADEIRA  NEW HOLLAND MOD. W130 ANO 2009  - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309674", "1011")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309674", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938H ANO 2008")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309683", "1016")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309683", "[ VÍDEO ] PÁ CARREGADEIRA  JOHN DEERE MOD. 644K NO 2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>310.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309684", "1019")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309684", "[ VÍDEOS ] ESCAVADEIRA JOHN DEERE MOD. 210G-LC ANO 2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309678", "1021")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309678", "TRATOR ENGESA ANO 1990 -  MOTOR CUMMINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309685", "1023")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309685", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC MOD.CA-25  ANO 1990 - ASA DELTA - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309682", "1024")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309682", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD. 320D ANO 2013 ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309679", "1025")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309679", "CONCHA CATERPILLAR 924G")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...308 lines deleted...]
-      <c r="E41" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309686", "1026")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309686", "[ VÍDEO ] MINIESCAVADEIRA  NEW HOLLAND  MOD. L225  ANO 2017")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309675", "1027")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309675", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA200 ANO 2012")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309699", "1033")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309699", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1998 - OPERACIONAL")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309680", "1037")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309680", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 966C  ANO 1987  - FUNCIONANDO ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
-      <c r="F41" s="4" t="inlineStr">
-[...506 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309694", "1042")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309694", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG85 ANO 1990")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309681", "1044")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309681", "MOTONIVELADORA FIATALLIS MOD. FG 85 ANO APROX. 1990  - COM RIPPER DIANTEIRO ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309676", "1049")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309676", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 930C ANO 1984 ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E60" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309677", "1053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/309677", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO 1979 -  EMBREAGEM / MOTOR M.BENZ 1113- ORIGINAL")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F60" s="4" t="inlineStr">
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>