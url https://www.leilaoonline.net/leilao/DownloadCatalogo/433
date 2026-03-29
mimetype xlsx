--- v0 (2025-11-20)
+++ v1 (2026-03-29)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16774", "23000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16774", " AUDI; Q3 2.0 - ATTRACTION; 2013/2014; PRETO; GASOLINA;  ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>69.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16769", "23001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16769", " VW; VOYAGE CITY 1.6; 2013/2013; PRATA; FLEX;  ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16768", "23002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16768", " VW; TIGUAN 2.0 TSI; 2013/2014; PRETO; GASOLINA;  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>52.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16771", "23003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16771", " VW; POLO SEDAN 1.6; 2011/2012; CINZA; FLEX;  ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16770", "23004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16770", " VW; VOYAGE CITY 1.6; 2013/2013; PRATA; FLEX;  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16772", "23005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16772", " VW; JETTA HIGHLINE 2.0 TSI; 2011/2012; PRETO; GASOLINA;  ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16767", "23006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16767", " VW; VOYAGE CITY 1.6; 2013/2013; PRATA; FLEX;  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>24.850,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16773", "23007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16773", " VW; VOYAGE CITY 1.6; 2013/2013; PRATA; FLEX;  ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>24.050,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>