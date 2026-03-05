--- v0 (2025-12-24)
+++ v1 (2026-03-05)
@@ -281,595 +281,595 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>IMPRESSORA LEXMARK</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>CÂMERAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>CÂMERAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>CÂMERAS - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>SENSOR DE PRESENÇA COM CÂMERA - SEM USO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>RÁDIO ICOM IC-V8</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t>DVD POSITRON - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t>FECHADURA DIGITAL</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t>JOGO DE CANCELAS; ENTRADA E SAÍDA - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>JOGO DE CANCELAS; ENTRADA E SAÍDA - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>1010</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA SAMSUNG - INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>1011</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA LG DE 55 POLEGADAS</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>1012</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA SAMSUNG DE 55 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>1013</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA LG DE 55 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>1014</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA SAMSUNG DE 65 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>1015</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA SAMSUNG DE 65 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>1016</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA LG DE 65 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>1017</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>TELEVISÃO DA LG DE 75 POLEGADAS - MAIS INFORMAÇÕES NAS FOTOS</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>