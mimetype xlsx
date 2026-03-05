--- v0 (2025-12-24)
+++ v1 (2026-03-05)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F51"/>
+  <dimension ref="A1:F50"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,1346 +281,1314 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1547</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> LOTE CONTENDO: 1 VÁVULA ESFERA BIPARTIDA 8"; E 6 VÁVULAS ESFERA BIPARTIDA  6" - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>1548</t>
+          <t>1549</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 4 - CONJUNTOS MOTOR/REDUTOR MOTOR WEG – MODELO 132M/L – 15CV – 1760 RPM – 220V / 380V / 440V.; E 1 - CONJUNTO MOTOR/REDUTOR BREVINE - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 REDUTOR; E 1 REDUTOR (202500256) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>1549</t>
+          <t>1550</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 REDUTOR; E 1 REDUTOR (202500256) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 3 - EIXOS EXCÊNTRICOS - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>1550</t>
+          <t>1551</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 3 - EIXOS EXCÊNTRICOS - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 - MOTOR DONAR 3,2CV; 1 - CONJUNTO MOTOR/REDUTOR/BOMBA ; 2 - MOTORES MAVI_UHDE 1,5CV - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>1551</t>
+          <t>1552</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 - MOTOR DONAR 3,2CV; 1 - CONJUNTO MOTOR/REDUTOR/BOMBA ; 2 - MOTORES MAVI_UHDE 1,5CV - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 - MOTOR  WEG 180 -30CV; 1 - MOTOR WEG 30CV; 1 - MOTOR BÚFALO 6CV ( 202500667); 1 - MOTOR KOHBACH 7,5CV; 1 - MOTOR WEG 132M 10CV - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>1552</t>
+          <t>1553</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 - MOTOR  WEG 180 -30CV; 1 - MOTOR WEG 30CV; 1 - MOTOR BÚFALO 6CV ( 202500667); 1 - MOTOR KOHBACH 7,5CV; 1 - MOTOR WEG 132M 10CV - LOC. MONTE BELO/MG</t>
+          <t> 1 TANQUE INOX COM MEXEDOR, CAPACIDADE 1000 LITROS, COM REDUTOR E MOTOR - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>1553</t>
+          <t>1554</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> 1 TANQUE INOX COM MEXEDOR, CAPACIDADE 1000 LITROS, COM REDUTOR E MOTOR - LOC. MONTE BELO/MG</t>
+          <t> 1 PONTE ROLANTE FEBA - CAPACIDADE 4,0 T - PV 2371-2 - ANO 2021 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>29</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>1554</t>
+          <t>1555</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> 1 PONTE ROLANTE FEBA - CAPACIDADE 4,0 T - PV 2371-2 - ANO 2021 - LOC. MONTE BELO/MG</t>
+          <t> 1 TRANSFORMADOR À SECO WEG, TENSÃO ENTRADA = 13,8 KV (TRIÂNGULO) (COM MUDANÇA DE TAP) COM GABINETE, TENSÃO SAÍDA = 690V (ESTRELA) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>1555</t>
+          <t>1556</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> 1 TRANSFORMADOR À SECO WEG, TENSÃO ENTRADA = 13,8 KV (TRIÂNGULO) (COM MUDANÇA DE TAP) COM GABINETE, TENSÃO SAÍDA = 690V (ESTRELA) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 CAIXA SEPARADORA ÁGUA/ÓLEO; 1 CONDENSADORA AR COND.; 2 BOMBAS DE ABASTECIMENTO; 1 BALANÇA (202001324) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>2.100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>1556</t>
+          <t>1557</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 CAIXA SEPARADORA ÁGUA/ÓLEO; 1 CONDENSADORA AR COND.; 2 BOMBAS DE ABASTECIMENTO; 1 BALANÇA (202001324) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 CIRCULADOR MECÂNICO TORKMIX MOD. TKFWB - 1150 2C/VS/A/E/I/M - 55KW; 1 CIRCULADOR MECÂNICO TORKMIX MOD. TKFWB - 1200 2C/VS/A/E/I/M - 45KW; 1 CIRCULADOR MECÂNICO CESTARI 1 CV - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>1557</t>
+          <t>1558</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 CIRCULADOR MECÂNICO TORKMIX MOD. TKFWB - 1150 2C/VS/A/E/I/M - 55KW; 1 CIRCULADOR MECÂNICO TORKMIX MOD. TKFWB - 1200 2C/VS/A/E/I/M - 45KW; 1 CIRCULADOR MECÂNICO CESTARI 1 CV - LOC. MONTE BELO/MG</t>
+          <t> 1 FILTRO ROTATIVO 13X28 MAUSA COM DUPLO ACIONAMENTO COMPLETO, CAPACIDADE 42KG/TN (ACOMPANHADO BOMBA VÁCUO DOSITEC, ESTEIRA RETIRADA DE TORTA) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>46</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>13.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>1558</t>
+          <t>1559</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t> 1 FILTRO ROTATIVO 13X28 MAUSA COM DUPLO ACIONAMENTO COMPLETO, CAPACIDADE 42KG/TN (ACOMPANHADO BOMBA VÁCUO DOSITEC, ESTEIRA RETIRADA DE TORTA) - LOC. MONTE BELO/MG</t>
+          <t> 1 FILTRO XAROPE - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>1559</t>
+          <t>1560</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> 1 FILTRO XAROPE - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 NOBREAK 3200VA (202000000252 ); E 2 NOBREAK 2200VA (202000000436 ) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>1560</t>
+          <t>1561</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 NOBREAK 3200VA (202000000252 ); E 2 NOBREAK 2200VA (202000000436 ) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 SERVIDOR DELL POWEREDGE 1950; 1 SERVIDOR DELL POWEREDGE 2950; 1 SERVIDOR DELL POWEREDGE 2950; 1 SERVIDOR DELL POWEREDGE R710 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>1561</t>
+          <t>1562</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 SERVIDOR DELL POWEREDGE 1950; 1 SERVIDOR DELL POWEREDGE 2950; 1 SERVIDOR DELL POWEREDGE 2950; 1 SERVIDOR DELL POWEREDGE R710 - LOC. MONTE BELO/MG</t>
+          <t> 1 HILLO PARA 35 TON. - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>1562</t>
+          <t>1563</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> 1 HILLO PARA 35 TON. - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 3 AQUECEDORES 100M3; E 1 BALÃO DE FLASH - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>1563</t>
+          <t>1564</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 3 AQUECEDORES 100M3; E 1 BALÃO DE FLASH - LOC. MONTE BELO/MG</t>
+          <t> 2 EXAUSTORES COMPLETO – MARCA LCI – MOD. PAC -18-2360-SI/3 LCI - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>7.500,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>1564</t>
+          <t>1565</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> 2 EXAUSTORES COMPLETO – MARCA LCI – MOD. PAC -18-2360-SI/3 LCI - LOC. MONTE BELO/MG</t>
+          <t> 1 TANQUE DE 12.000 LITROS - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>1565</t>
+          <t>1566</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> 1 TANQUE DE 12.000 LITROS - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO: 1 PENEIRA VIBRATÓRIA; 1 EXAUSTOR; E 1 TANQUE DE 5.000 LITROS - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>1566</t>
+          <t>1569</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO: 1 PENEIRA VIBRATÓRIA; 1 EXAUSTOR; E 1 TANQUE DE 5.000 LITROS - LOC. MONTE BELO/MG</t>
+          <t> COLHEDORA JOHN DEERE CH570 - ANO 2016 - EQP.104118 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>1569</t>
+          <t>1570</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA JOHN DEERE CH570 - ANO 2016 - EQP.104118 - LOC. MONTE BELO/MG</t>
+          <t> TRATOR JOHN DEERE 6180 - ANO 2012 - EQP.103032 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>46</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>1570</t>
+          <t>1571</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> TRATOR JOHN DEERE 6180 - ANO 2012 - EQP.103032 - LOC. MONTE BELO/MG</t>
+          <t> DISTRIBUIDOR DE ADUBO 2 LINHAS DMB - ANO 2015 - EQP.109098; JUNTAMENTE COM AS PEÇAS, APROX. 187 ITENS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>1571</t>
+          <t>1572</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR DE ADUBO 2 LINHAS DMB - ANO 2015 - EQP.109098; JUNTAMENTE COM AS PEÇAS, APROX. 187 ITENS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> TRATOR JOHN DEERE 7210 - ANO 2017 - EQP.103085 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>1572</t>
+          <t>1573</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> TRATOR JOHN DEERE 7210 - ANO 2017 - EQP.103085 - LOC. MONTE BELO/MG</t>
+          <t> CAMINHÃO VOLVO FM 500 6X4T - ANO 2019/2020 - BRANCO - EQP.102056; JUNTAMENTE COM AS PEÇAS, APROX. 770 ITENS (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>182.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>1573</t>
+          <t>1574</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLVO FM 500 6X4T - ANO 2019/2020 - BRANCO - EQP.102056; JUNTAMENTE COM AS PEÇAS, APROX. 770 ITENS (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> CAMINHÃO MERCEDES BENZ L2325 - (TANQUE) - ANO 1991/1991 - AZUL - EQP.102031; JUNTAMENTE COM AS PEÇAS, APROX. 281 ITENS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>100.000,00</t>
+          <t>55.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>1574</t>
+          <t>1575</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO MERCEDES BENZ L2325 - (TANQUE) - ANO 1991/1991 - AZUL - EQP.102031; JUNTAMENTE COM AS PEÇAS, APROX. 281 ITENS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2008/2008 - BRANCO -  EQP. 102037; JUNTAMENTE COM AS PEÇAS, APROX. 4 ITENS -  (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>85</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>135.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>1575</t>
+          <t>1577</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2008/2008 - BRANCO -  EQP. 102037; JUNTAMENTE COM AS PEÇAS, APROX. 4 ITENS -  (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> TRATOR JOHN DEERE 6180 J - ANO 2012 - EQP.103033 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>45</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>69.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>1577</t>
+          <t>1578</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> TRATOR JOHN DEERE 6180 J - ANO 2012 - EQP.103033 - LOC. MONTE BELO/MG</t>
+          <t> DISTRIBUIDOR DE ADUBO 2 LINHAS DMB - ANO  2015 - EQP.109099 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>1578</t>
+          <t>1579</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR DE ADUBO 2 LINHAS DMB - ANO  2015 - EQP.109099 - LOC. MONTE BELO/MG</t>
+          <t> SUCATA CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2009/2009 - (VENDA COMO SUCATA) - BRANCO - EQP.221 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>58</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>59.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>1579</t>
+          <t>1580</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2009/2009 - BRANCO - EQP.221 - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO 7 ROÇADEIRAS - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>1580</t>
+          <t>1581</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 7 ROÇADEIRAS - LOC. MONTE BELO/MG</t>
+          <t> DISTRIBUIDOR DE TORTA FILTRO SMR 602 - ANO 2005 - EQP.109005 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>50.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>1581</t>
+          <t>1582</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> DISTRIBUIDOR DE TORTA FILTRO SMR 602 - ANO 2005 - EQP.109005 - LOC. MONTE BELO/MG</t>
+          <t> TRATOR SOLIS 26 - ANO 2021 - EQP.107050 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>34</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>53.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>1582</t>
+          <t>1583</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> TRATOR SOLIS 26 - ANO 2021 - EQP.107050 - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO 2 ROÇADEIRAS - EQP. 9155/6 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>57</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>9.300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>1583</t>
+          <t>1584</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO 2 ROÇADEIRAS - EQP. 9155/6 - LOC. MONTE BELO/MG</t>
+          <t> CAMINHÃO VOLVO FM 500 6X4T - ANO 2019/2020 - BRANCO - EQP.102057 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>185.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>1584</t>
+          <t>1585</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> CAMINHÃO VOLVO FM 500 6X4T - ANO 2019/2020 - BRANCO - EQP.102057 - LOC. MONTE BELO/MG</t>
+          <t> TRATOR SOLIS 26 - ANO 2021 - EQP.107048 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>33</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>100.000,00</t>
+          <t>52.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>1585</t>
+          <t>1586</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> TRATOR SOLIS 26 - ANO 2021 - EQP.107048 - LOC. MONTE BELO/MG</t>
+          <t> FIAT STRADA WORKING - ANO 2016/2016 - BRANCO - EQP.101066 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>27</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>21.000,00</t>
+          <t>36.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>1586</t>
+          <t>1587</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> FIAT STRADA WORKING - ANO 2016/2016 - BRANCO - EQP.101066 - LOC. MONTE BELO/MG</t>
+          <t> FIAT STRADA WORKING - ANO 2015/2016- BRANCO - EQP. 101093 - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>30.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>1587</t>
+          <t>1588</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> FIAT STRADA WORKING - ANO 2015/2016- BRANCO - EQP. 101093 - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO APROX. 1.055 ITENS DE PEÇAS DE REBOQUE - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>1588</t>
+          <t>1589</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO APROX. 1.055 ITENS DE PEÇAS DE REBOQUE - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO APROX. 1.563 ITENS DE PEÇAS AUTOMOTIVAS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>1589</t>
+          <t>1590</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> LOTE CONTENDO APROX. 1.563 ITENS DE PEÇAS AUTOMOTIVAS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
+          <t> LOTE CONTENDO APROX. 815 ITENS DE PEÇAS INDUSTRIAIS - (VEJA DESCRITIVO DE ITENS) - LOC. MONTE BELO/MG</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>13</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>5.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
-[...31 lines deleted...]
-          <t>500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>