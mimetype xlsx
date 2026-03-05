--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -345,51 +345,51 @@
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! HONDA/CITY LX CVT; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
@@ -409,83 +409,83 @@
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>HONDA/CB 300R; 2009/2010; AMARELA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! GM/CELTA 2P LIFE; 2004/2005; PRATA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
@@ -569,83 +569,83 @@
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2022/2023; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! HONDA/CITY EXL; 2022/2023; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE APROX.: R$ 106.766,00</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>68.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
@@ -729,115 +729,115 @@
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>63.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! I/BMW 320I; 2019/2020; PRETA; GASOLINA - FUNCIONANDO - FIPE APROX.: R$ 202.820,00</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>142.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LS DS4; 2021/2022; BRANCA; DIESEL  - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>78.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>PEUGEOT/208 GRIFFE A; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
@@ -857,51 +857,51 @@
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>56.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! RENAULT/OROCH EXP 16 SCE; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
@@ -953,51 +953,51 @@
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! VW/AMAROK CD 4X4 HIGH; 2013/2014; BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>51.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
@@ -1081,51 +1081,51 @@
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! YAMAHA/MT09 ABS; 2020/2021; CINZA; GASOLINA - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
@@ -1241,51 +1241,51 @@
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>HONDA/FIT LX CVT; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
@@ -1337,147 +1337,147 @@
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>HONDA/CB 300R; 2010/2010; VERMELHA; GASOLINA - FUNCIONANDO - APROX. 55.200KM</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>155</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! GM/VECTRA MILENIUM; 2001/2001; PRATA; GASOLINA - FUNCIONANDO </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>160</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>veja o vídeo!! CHEVROLET/S10 LT DD4A; 2014/2014; PRATA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>veja o video!! IMP/IVECOFIAT D T3510VB1; 1999/1999; COR BRANCA; DIESEL - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Venda condicional</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">