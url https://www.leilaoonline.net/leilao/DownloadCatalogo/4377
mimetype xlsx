--- v0 (2026-01-11)
+++ v1 (2026-03-05)
@@ -142,100 +142,100 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F209"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>AGUARDEM </t>
+          <t>17 CAMINHÕES - 13 TRATORES - 21 REBOQUES/SEMI - MOTORES - CÂMBIOS - COLHEDORAS </t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>30/01/2026 11:30</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -276,1191 +276,6407 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1345</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE; ANO 2017. - FR20286. - LOC.PARAISO</t>
+          <t>TRATOR CASE; ANO 2017. - FR20286. - LOC. PARAISO</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>1384</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> TRATOR CASE 260 - ANO 2017 - FR23242 - LOC. BONFIM</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>62.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>1387</t>
+          <t>1459</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
-          <t>TRATOR MX 260 MAGNUM 4X4; ANO 2017. - FR91593. - DESINVESTIMENTO - LOC. ARARAQUARA</t>
+          <t> CAMINHÃO SCANIA/R113 E 6X4 360; ANO 1993/1993; BRANCA; (VENDA SEM MOTOR E SEM CARROCERIA). - FR45018. - LOC. BARRA</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>26.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>1721</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>TRATOR CASE 260; ANO 2017. - FR2037. - LOC. SANTA CÂNDIDA</t>
+          <t>TRATOR CASE 260; ANO 2017. - FR20371 - LOC. SANTA CÂNDIDA</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>65.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>1742</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>CARRETA BAZUCA - ADUBO; ANO 2011. - FR11003612. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>20.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>34070</t>
+          <t>2480</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>CARRETA ESP. CALC. SOLLUS; ANO 2014. - FR4445234. - (PÁTIO DESINVESTIMENTO) - LOC. CAARAPÓ</t>
+          <t>CARROCERIA TANQUE HERBICIDA; ANO 1984. - FR361097. - LOC. ARARAQUARA </t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>26</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>15.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>35369</t>
+          <t>34111</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>PLANTADORA CANA PICADA 180CV 1M³ 720KG; ANO 2014. - FR17271. - PÁTIO DE IMPLEMENTOS -  LOC. UNIVALEM </t>
+          <t>EQUIPAMENTOS DE LABORATÓRIO, (APROX. 11 ITENS DIVERSOS: NOBREAK, AGITADOR MAGNÉTICO E OUTROS). - (VEJA DESTRITIVO DE ITENS) - LOC. PARAÍSO</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>35370</t>
+          <t>34139</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO M.BENZ/L 2635 6X4; ANO 1996/1996; BRANCA. - FR72831. - PÁTIO DE IMPLEMENTOS - LOC. UNIVALEM</t>
+          <t>CAMINHÃO SCANIA R113 E 6X4 360 - ANO 1993/1993 - BRANCO - FR45013 - (MOTOR DIVERGENTE E SEM CARROCERIA) - (VENDA APENAS PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. IPAUSSU</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>33.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>35371</t>
+          <t>34150</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO COM 4 TROCADORES DE CALOR - INOX. - PAT.219447. - (PRÓXIMO AO SETOR DE DESTILARIA). - LOC. UNIVALEM </t>
+          <t>SUCATA DE BORRACHA (APROX. 10 TONELADAS) - (VENDA POR KG) - LOC. BONFIM </t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>35372</t>
+          <t>34151</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO COM 4 TROCADORES DE CALOR - INOX. - S/PT. - (PRÓXIMO AO SETOR DE DESTILARIA). - LOC. UNIVALEM</t>
+          <t>02 CAIXAS/CALANDRAS; PESO ESTIMADO 30 TON. - S/FR. - LOC BARRA</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>90.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>35373</t>
+          <t>35318</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO COM 4 TROCADOR DE CALOR - INOX. - PAT.217100. - (PRÓXIMO AO SETOR DE DESTILARIA). - LOC. UNIVALEM </t>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T - ANO 2013 - FR11003682. - LOC. VALE DO ROSÁRIO </t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>35374</t>
+          <t>35369</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>CONJUNTO COM 4 TROCADOR DE CALOR - INOX. - PAT.087350. - (PRÓXIMO AO SETOR DE DESTILARIA). - LOC.UNIVALEM </t>
+          <t>PLANTADORA CANA PICADA 180CV 1M³ 720KG; ANO 2014. - FR17271. -  LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>35375</t>
+          <t>35370</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>TANQUE AÇO CARBONO SUCATEADO. - PT302691. - PATIO EQUIPAMENTOS IDNSUTRIAIS - CALDEIRARIA - LOC. BENALCOOL </t>
+          <t>CAMINHÃO M.BENZ/L 2635 6X4; ANO 1996/1996; BRANCA. - (CALDA PRONTA) - FR72831. - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>74</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>103.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>35376</t>
+          <t>35371</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>REB/TECTRAN RCM F1F1; ANO 1996/1996; AZUL. - FR91103/ FR173544. -(MANGUEIRA NÃO INCLUSA)- LOC. AREA EXTERNA - VINHAÇA - LOC. BENALCOOL</t>
+          <t>1 CONJUNTO COM 6 TROCADORES DE CALOR - INOX. - PAT.219447. - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>49</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>34.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>35377</t>
+          <t>35372</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>REB/USICAMP RCI E1E1 8200; ANO 2006/2006; AZUL. - FR88604/ FR164812. -(MANGUEIRA NÃO INCLUSA)- LOC. AREA EXTERNA - VINHAÇA - LOC.BENALCOOL</t>
+          <t>1 CONJUNTO COM 6 TROCADORES DE CALOR - INOX. - S/PT. - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>44</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>22.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>35378</t>
+          <t>35373</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2008/2008; BRANCA. - FR81476. - PÁTIO DESINVESTIMENTO - LOC.DESTIVALE</t>
+          <t>1 CONJUNTO COM 6 TROCADORES DE CALOR - INOX. - PAT.217100. - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>45</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>27.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>35379</t>
+          <t>35374</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2010/2010; BRANCA. - FR91245. - PÁTIO DESINVESTIMENTO - LOC. DESTIVALE</t>
+          <t>1 CONJUNTO COM 6 TROCADORES DE CALOR - INOX. - PAT.087350. - LOC. UNIVALEM </t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>47</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>27.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>35380</t>
+          <t>35376</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>TRANSBORDO SANTAL 12T; ANO 2014. - FR91276. - PÁTIO AGRICOLA - LOC. DESTIVALE</t>
+          <t>REBOQUE VINHAÇA TECTRAN 8,20M; ANO 1996/1996; AZUL. - FR91103/ FR173544  - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>35381</t>
+          <t>35377</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>PEÇAS DE REPOSIÇÃO AGRICOLA. - N/A. - LOC. ÁREA EXTERNA - ALOJ. MANUTENÇÃO - LOC. DESTIVALE</t>
+          <t>REBOQUE VINHAÇA USICAMP 7,80 M; ANO 2006/2006; AZUL. - FR88604/ FR164812. - LOC. BENALCOOL</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>35382</t>
+          <t>35378</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>COMPRESSOR DE AR S15. - PT088828. - INDUSTRIA/ FABRICA - LOC. GASA</t>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2008/2008; BRANCA. - (OFICINA). - FR81476. - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>56</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>85.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>35383</t>
+          <t>35379</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>COMPRESSOR DE AR S60. - PT088827. - INDUSTRIA/ FABRICA- LOC. GASA</t>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2010/2010; BRANCA. - (OFICINA). - FR40212/91245. - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>57</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>86.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>250.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>35384</t>
+          <t>35380</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>TRATOR JOHN DEERE 7230 J 4X4; ANO 2017. - FR140116. - PÁTIO DESINVESTIMENTO - LOC. GASA</t>
+          <t>TRANSBORDO SANTAL 12T; ANO 2014. - FR91276. - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>50.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>35385</t>
+          <t>35381</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2006/2006; BRANCA. - FR88200. - PÁTIO DESINVESTIMENTO-LOC. GASA</t>
+          <t>APROX. 16 PEÇAS DE REPOSIÇÃO AGRÍCOLA. - N/A. - (VEJA DESCRITIVO DE ITENS) - LOC. DESTIVALE</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>44</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>20.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>35386</t>
+          <t>35382</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>CAMINHÃO VW/26.280 CRM 6X4; ANO 2013/2014; BRANCA. - FR88183. - PÁTIO DESINVESTIMENTO - LOC. GASA</t>
+          <t>COMPRESSOR DE AR S15. - PT088828. - LOC. GASA</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>35502</t>
+          <t>35383</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>PEÇAS DE REPOSIÇÃO EQUIPAMENTOS AGRICOLA DIVERSOS. - N/A. - PÁTIO AGRICOLA - LOC. UNIVALEM</t>
+          <t>COMPRESSOR DE AR S60. - PT088827. - LOC. GASA</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>11</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>5.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>35826</t>
+          <t>35384</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+          <t>TRATOR JOHN DEERE 7230 J 4X4; ANO 2017. - FR140116. - LOC. GASA</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>31</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>70.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>35834</t>
+          <t>35385</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002202 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+          <t>CAMINHÃO VW/15.180 EURO3 WORKER; ANO 2006/2006; BRANCA. - (OFICINA). -  FR88200. - LOC. GASA</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>48</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>77.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>35885</t>
+          <t>35387</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>ENXADA ROT L CH3470DT 48L; ANO 2014. - FR91149. - (VENDA POR KG)-PÁTIO DESINVESTIMENTO - LOC. GASA</t>
+          <t> IMPLEMENTO AGRICOLA. - N/E. - PÁTIO PEDRA - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>500.00</t>
+          <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>36147</t>
+          <t>35388</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE A 8810 1L - ANO 2018 - FR9002605. - PATIO CARRETA - LOC. SANTA ELISA </t>
+          <t>SEMI-REBOQUE VINHAÇA SERGOMEL VINHAÇA 10 M; ANO 2014/2014; CINZA. - FR140501. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>37</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>30.000,00</t>
+          <t>58.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>36157</t>
+          <t>35389</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - DESINVESTIMENTO- LOC. VALE DO ROSÁRIO</t>
+          <t>SEMI-REBOQUE VINHAÇA SERGOMEL VINHAÇA 10 M; ANO 2014/2014; CINZA. - FR140504. - LOC. SANTA ELISA</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>32</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>51.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>36226</t>
+          <t>35399</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE A 8810 1L - ANO 2017 - FR14802266 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+          <t>TRANSBORDO CIVEMASA - ANO 2009 - FR8003054 - LOC. LAGOA DA PRATA</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>1000.00</t>
+          <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>36227</t>
+          <t>35450</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE 8800 - ANO 2017 - FR8802153 - (PÁTIO DE PEDRA) - LOC. SANTA ELISA</t>
+          <t>COLHEDORA JOHN DEERE 3522 2L; ANO 2014. - FR173215. -  LOC. BENALCOOL </t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>33</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>20.000,00</t>
+          <t>52.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>36249</t>
+          <t>35502</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002208 -  (DESINVESTIMENTOS) - LOC. VALE DO ROSÁRIO</t>
+          <t>PEÇAS DE REPOSIÇÃO EQUIPAMENTOS AGRÍCOLA DIVERSOS. - (RADIADORES DE GRUNNER, MOTOR CHARLIN, MÓDULOS , CAMPANAS ENTRE OUTROS) - LOC. UNIVALEM</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>60.000,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>2500.00</t>
+          <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>36264</t>
+          <t>35556</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93354 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
+          <t>COLHEDORA DE CANA JOHN DEERE; ANO 2014. - FR91515. - LOC. GASA </t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>22.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>36265</t>
+          <t>35586</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR115685 - (DESINVESTIMENTO) - LOC. JUNQUEIRA</t>
+          <t> TRANSBORDO ATA 12000; ANO 2015. - FR188713. - LOC. GASA </t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>40.000,00</t>
+          <t>10.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>1500.00</t>
+          <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
+          <t>35788</t>
+        </is>
+      </c>
+      <c r="B46" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER - ANO 2010/2010 - BRANCO - FR43017 - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="inlineStr">
+        <is>
+          <t>35793</t>
+        </is>
+      </c>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ANTONIOSI ATA - ANO 2010 - FR123808 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="inlineStr">
+        <is>
+          <t>35794</t>
+        </is>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ANTONIOSI ATA 10500 - ANO 2010 - FR123805 - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="inlineStr">
+        <is>
+          <t>35826</t>
+        </is>
+      </c>
+      <c r="B49" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; ANO 2013. - FR11003674. - LOC. VALE DO ROSÁRIO </t>
+        </is>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="inlineStr">
+        <is>
+          <t>35834</t>
+        </is>
+      </c>
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE III; ANO 2018. - FR11002202. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="inlineStr">
+        <is>
+          <t>36027</t>
+        </is>
+      </c>
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE RANDON 12,50M; ANO 2008/2008. - FR4451163. - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="inlineStr">
+        <is>
+          <t>36115</t>
+        </is>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E RANDON 12,5M; ANO 2009/2009; VERDE. - FR4592. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="inlineStr">
+        <is>
+          <t>36116</t>
+        </is>
+      </c>
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E RANDON 12,5M; ANO 2015/2015; VERDE. - FR3420. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="inlineStr">
+        <is>
+          <t>36117</t>
+        </is>
+      </c>
+      <c r="B54" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E RANDON 12,5M; ANO 2017/2017; VERDE. - FR4054. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="inlineStr">
+        <is>
+          <t>36118</t>
+        </is>
+      </c>
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE RANDON 12,50M; ANO 2009/2009; VERDE. - FR4851. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="inlineStr">
+        <is>
+          <t>36119</t>
+        </is>
+      </c>
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE RANDON 12,50M; ANO 2017/2017. - FR4068; VERDE. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>36120</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE RANDON 12,50M; ANO 2010/2010; VERDE. - FR3800. - (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="inlineStr">
+        <is>
+          <t>36122</t>
+        </is>
+      </c>
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO VW/15.180 4X2 190CV CAPAC.30000KG; ANO 2009/2010. - FR220002. - LOC. CAARAPÓ</t>
+        </is>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="inlineStr">
+        <is>
+          <t>36147</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L; ANO 2018. - FR9002605. - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
+          <t>36157</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>COLHEDORA CASE III; ANO 2018. - FR9002607. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
+          <t>36187</t>
+        </is>
+      </c>
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR SUCATEADO; ANO 2000. - FR93025. - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="inlineStr">
+        <is>
+          <t>36226</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR14802266 - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="inlineStr">
+        <is>
+          <t>36227</t>
+        </is>
+      </c>
+      <c r="B63" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE 8800 - ANO 2017 - FR8802153 - LOC. SANTA ELISA</t>
+        </is>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="inlineStr">
+        <is>
+          <t>36249</t>
+        </is>
+      </c>
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA CASE A 8810 1L - ANO 2018 - FR11002208 - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="inlineStr">
+        <is>
+          <t>36254</t>
+        </is>
+      </c>
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR11003725. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="inlineStr">
+        <is>
+          <t>36255</t>
+        </is>
+      </c>
+      <c r="B66" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR11003684  . - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="inlineStr">
+        <is>
+          <t>36256</t>
+        </is>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR11003715 . - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="inlineStr">
+        <is>
+          <t>36257</t>
+        </is>
+      </c>
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR11003718 . - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="inlineStr">
+        <is>
+          <t>36260</t>
+        </is>
+      </c>
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t> 02 CARRETINHAS SERVIÇOS GERAIS. - FR92842 / FR92847. - (VENDA COMO SUCATA - SEM DOCUMENTO) - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="inlineStr">
+        <is>
           <t>36266</t>
         </is>
       </c>
-      <c r="B46" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR JOHN DEERE 7225J - ANO 2016 - FR93353 - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="inlineStr">
+        <is>
+          <t>36267</t>
+        </is>
+      </c>
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CAMINHÃO VW/31.310; ANO 2005/2005; BRANCA. - FR13001028. - (VENDA SEM DOCUMENTO). - BARRACÃO 3 - LOC. MB </t>
+        </is>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>111.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="inlineStr">
+        <is>
+          <t>36268</t>
+        </is>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE; DOLLY RANDON. - FR11003037 / FR11004311. - (SEMI/ REB. SEM PLACA); (DOLLY VENDA COMO SUCATA) - LOC. MB </t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="inlineStr">
+        <is>
+          <t>36269</t>
+        </is>
+      </c>
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>DOLLY RANDON; ANO 2002/2002. - FR11004114. - LOC. MB </t>
+        </is>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>36271</t>
+        </is>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CAMINHÃO M.BENZ/2423 K; ANO 2005/2006; BRANCA. - FR1001005. - (MUNCK) - (VENDA SEM DOCUMENTO) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="inlineStr">
+        <is>
+          <t>36272</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/24.220; ANO 1994/1994; BRANCA. - FR11001023. - (CARROCERIA BAÚ). - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="inlineStr">
+        <is>
+          <t>36273</t>
+        </is>
+      </c>
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CARRETA ABRIGO REBOQUE ; ANO 1995/1996; VERDE. - (SUCATA - VENDA SEM DOCUMENTO). - FR11003558. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="inlineStr">
+        <is>
+          <t>36274</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t> SUCATA DE CAMINHÃO VW/31.310; ANO 2005/2005; BRANCA. - FR13001029. - (TANQUE) - (VENDA SEM DOCUMENTO) - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="inlineStr">
+        <is>
+          <t>36275</t>
+        </is>
+      </c>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t> DIVERSAS PEÇAS DE MOTORES INDUSTRIAIS; MSRCS: WEG, FLENDER, SEW, BARDELLA, EBERLE. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>69.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="inlineStr">
+        <is>
+          <t>36276</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E RANDON 12,5M; ANO 2010/2010; AZUL. - FR96714. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <t>36277</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO SANTA ISABEL; ANO 2013. - FR11003711. - LOC. VALE DO ROSÁRIO</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...6 lines deleted...]
-          <t>1500.00</t>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="inlineStr">
+        <is>
+          <t>36298</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/15.190 WORKER; ANO 2013/2014; BRANCA. - FR92154. - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>121.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="inlineStr">
+        <is>
+          <t>36299</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO M.BENZ/L 2013; ANO 1976/1976. - FR119152. - LOC. JUNQUEIRA</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="inlineStr">
+        <is>
+          <t>36310</t>
+        </is>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t> LOTE DE 05 PNEUS, 03 PALLETES DE PEÇAS DIVERSAS (PISTÕES, BARRA, DIR. MOTOR ARRANQUE, SUCATA BOMBAS COSTAIS). - N/A. - LOC. IPAUSSU </t>
+        </is>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="inlineStr">
+        <is>
+          <t>36311</t>
+        </is>
+      </c>
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR9002620. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="inlineStr">
+        <is>
+          <t>36312</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR13002092. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="inlineStr">
+        <is>
+          <t>36313</t>
+        </is>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR1002045. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="inlineStr">
+        <is>
+          <t>36314</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR4465087. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="inlineStr">
+        <is>
+          <t>36315</t>
+        </is>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR4465104. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="inlineStr">
+        <is>
+          <t>36316</t>
+        </is>
+      </c>
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - FR4465101. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="inlineStr">
+        <is>
+          <t>36317</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE 3520; ANO 2013. - FR117548. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="inlineStr">
+        <is>
+          <t>36318</t>
+        </is>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE 260. - ANO 2017. - FR100025. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="inlineStr">
+        <is>
+          <t>36319</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t> COLHEDORA JOHN DEERE 3522; ANO 2013. - FR117552. -  LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="inlineStr">
+        <is>
+          <t>36320</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 26 RADIADORES/INTERCOOLER, E 22 PISTÕES/EIXO CARDAN. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <t>36321</t>
+        </is>
+      </c>
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="inlineStr">
+        <is>
+          <t>36322</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t>PRANCHA 3 EIXOS RANDON; ANO 1983/1984; AZUL. - FR96515. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>36323</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR CASE 260. - ANO 2019. -  FR50967. - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="inlineStr">
+        <is>
+          <t>36324</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR MWM. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="inlineStr">
+        <is>
+          <t>36326</t>
+        </is>
+      </c>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="inlineStr">
+        <is>
+          <t>36327</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - SFR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="inlineStr">
+        <is>
+          <t>36328</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="inlineStr">
+        <is>
+          <t>36329</t>
+        </is>
+      </c>
+      <c r="B101" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>36330</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <t>36332</t>
+        </is>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - SFR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="inlineStr">
+        <is>
+          <t>36333</t>
+        </is>
+      </c>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t> CAIXA C/ PEÇAS DIVERSAS. - S/FR. - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="inlineStr">
+        <is>
+          <t>36334</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="inlineStr">
+        <is>
+          <t>36335</t>
+        </is>
+      </c>
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="inlineStr">
+        <is>
+          <t>36336</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR CASE.- S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="inlineStr">
+        <is>
+          <t>36337</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t> MOTOR JD. - S/FR. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="inlineStr">
+        <is>
+          <t>36338</t>
+        </is>
+      </c>
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="inlineStr">
+        <is>
+          <t>36339</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="inlineStr">
+        <is>
+          <t>36340</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="inlineStr">
+        <is>
+          <t>36341</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="inlineStr">
+        <is>
+          <t>36342</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>6.050,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="inlineStr">
+        <is>
+          <t>36343</t>
+        </is>
+      </c>
+      <c r="B114" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="inlineStr">
+        <is>
+          <t>36344</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="inlineStr">
+        <is>
+          <t>36345</t>
+        </is>
+      </c>
+      <c r="B116" s="4" t="inlineStr">
+        <is>
+          <t> CÂMBIO/DIFERENCIAL. - N/A. - LOC. BARRA </t>
+        </is>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="inlineStr">
+        <is>
+          <t>36346</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t> CAMINHÃO VW/24.220; ANO 2001/2001; BRANCA. - FR96414. - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="inlineStr">
+        <is>
+          <t>36347</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t> REDUTOR/MOTOR/CABO AÇO. - N/A. - LOC. DIAMANTE </t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="inlineStr">
+        <is>
+          <t>36348</t>
+        </is>
+      </c>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR CASE MXM 180; ANO 2010. - FR102826. - LOC. DIAMANTE </t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="inlineStr">
+        <is>
+          <t>36349</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t> MOTOBOMBA. - FR70102. - LOC. DIAMANTE </t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="inlineStr">
+        <is>
+          <t>36350</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t> MOTOBOMBA. - FR102398. - LOC. DIAMANTE </t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="inlineStr">
+        <is>
+          <t>36359</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/L 2215; ANO 1986/1986; BRANCA. - FR119450. - (VENDA SEM DOCUMENTO) - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="inlineStr">
+        <is>
+          <t>36360</t>
+        </is>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>CAMINHÃO M.BENZ/L 2215; ANO 1986/1986; BRANCA. - FR119447. - (VENDA SEM DOCUMENTO) - LOC. BONFIM</t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="inlineStr">
+        <is>
+          <t>36361</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>SISTEMA HIDRÁULICO (redutor, motor, periféricos, 2 cx de aço). - N/A. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="inlineStr">
+        <is>
+          <t>36362</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 04 PISTÕES, 09 RADIADORES, 03 CARDAN, 03 ESTUFAS, 01 MOINHO, 01 CARRINHO INOX, TACÓGRAFOS, PEÇAS DE MECÂNICAS E DE LABORATÓRIO. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <t>36363</t>
+        </is>
+      </c>
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>SUCATA DE CAMINHÃO GRUNNER. - (VENDA SEM DOCUMENTO) - N/A. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="inlineStr">
+        <is>
+          <t>36364</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E RANDON 12,5M; ANO 2010/2011; AZUL. - FR121481. - LOC. BONFIM </t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="inlineStr">
+        <is>
+          <t>36367</t>
+        </is>
+      </c>
+      <c r="B128" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2010. - FR123803. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="inlineStr">
+        <is>
+          <t>36368</t>
+        </is>
+      </c>
+      <c r="B129" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361612. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="inlineStr">
+        <is>
+          <t>36370</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR361629. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="inlineStr">
+        <is>
+          <t>36371</t>
+        </is>
+      </c>
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2015. - FR135650. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="inlineStr">
+        <is>
+          <t>36372</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t> TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR91593. - LOC. ARARAQUARA</t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="inlineStr">
+        <is>
+          <t>36373</t>
+        </is>
+      </c>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>SEMI-REBOQUE SERGOMEL 12,50M; ANO 2014/2014; CINZA. - FR361736. - LOC. SERRA </t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="inlineStr">
+        <is>
+          <t>36374</t>
+        </is>
+      </c>
+      <c r="B134" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E SERGOMEL 12,5M; ANO 2014/2014; CINZA. - FR361738. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="inlineStr">
+        <is>
+          <t>36375</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>REBOQUE 4E SERGOMEL 12,5 M; ANO 2014/2014; CINZA. - FR134099. - LOC. SERRA </t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <t>36376</t>
+        </is>
+      </c>
+      <c r="B136" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR123773. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="inlineStr">
+        <is>
+          <t>36377</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t> SUCATA DE CAMINHÃO M.BENZ/L 2213 CAÇAMBA - (VENDA SEM DOCUMENTO) - ANO 1977. - FR119210. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="inlineStr">
+        <is>
+          <t>36378</t>
+        </is>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2015. - FR123887. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="inlineStr">
+        <is>
+          <t>36379</t>
+        </is>
+      </c>
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2012. - FR68045. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="inlineStr">
+        <is>
+          <t>36380</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO TMA VTX 21000; ANO 2012. - FR361412. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="inlineStr">
+        <is>
+          <t>36381</t>
+        </is>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2010. - FR68040. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="inlineStr">
+        <is>
+          <t>36382</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t> TRANSBORDO ATA 12000 12T; ANO 2015. - FR123894. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="inlineStr">
+        <is>
+          <t>36383</t>
+        </is>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t> ELIMINADOR SOQUEIRA AGRO MATÃO; ANO 2019. - FR134170. - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="inlineStr">
+        <is>
+          <t>36384</t>
+        </is>
+      </c>
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t> ENLEIRADOR DE PALHA DRIA; ANO 2014. - FR140011. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="inlineStr">
+        <is>
+          <t>36385</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t> ENLEIRADOR DE PALHA DRIA; ANO 2013. - FR37606. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="inlineStr">
+        <is>
+          <t>36386</t>
+        </is>
+      </c>
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t> ENLEIRADEIRA; - ANO 2013. - FR67177. - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="inlineStr">
+        <is>
+          <t>36387</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t> ENLEIRADEIRA; ANO 2013. - FR37605. - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="inlineStr">
+        <is>
+          <t>36388</t>
+        </is>
+      </c>
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t> 2 TANQUES DE FIBRA . - S/FR. - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="inlineStr">
+        <is>
+          <t>36389</t>
+        </is>
+      </c>
+      <c r="B149" s="4" t="inlineStr">
+        <is>
+          <t> REBOQUE FNV 7,60 M; ANO 1981/1981; CINZA. - FR22887. - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="inlineStr">
+        <is>
+          <t>36392</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA  ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR37803.  - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="inlineStr">
+        <is>
+          <t>36393</t>
+        </is>
+      </c>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA ABRIGO OPERAD.IRRIGAB; ANO 2010. - FR67153. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="inlineStr">
+        <is>
+          <t>36394</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t> CARRETINHA AREA DE VIVENCIA; AZUL. - S/FR. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="inlineStr">
+        <is>
+          <t>36396</t>
+        </is>
+      </c>
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t> CARRETA DIS.TORTA SPANDER; ANO 2012. - FR67160. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="inlineStr">
+        <is>
+          <t>36397</t>
+        </is>
+      </c>
+      <c r="B154" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; GDFM 72X22X4,5DMPAMT T600. - FR38076. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="inlineStr">
+        <is>
+          <t>36398</t>
+        </is>
+      </c>
+      <c r="B155" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA  ABRIGO RSA; ANO 2012/2012; CINZA. - FR139436. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="inlineStr">
+        <is>
+          <t>36399</t>
+        </is>
+      </c>
+      <c r="B156" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA BASC. HIDR.3 T - ANO 2012. - FR67173 - (MOTORES NÃO FAZEM PARTE DO LOTE). - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="inlineStr">
+        <is>
+          <t>36400</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>CONJUNTO DE COMBATE A INCÊNDIO. - S/FR. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="inlineStr">
+        <is>
+          <t>36401</t>
+        </is>
+      </c>
+      <c r="B158" s="4" t="inlineStr">
+        <is>
+          <t>CONJUNTO DE COMBATE A  INCÊNDIO BRANCO. - S/FR. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="inlineStr">
+        <is>
+          <t>36402</t>
+        </is>
+      </c>
+      <c r="B159" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO RSA; ANO 2012/2012; CINZA. - FR139424. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="inlineStr">
+        <is>
+          <t>36403</t>
+        </is>
+      </c>
+      <c r="B160" s="4" t="inlineStr">
+        <is>
+          <t>CONJUNTO DE COMBATE A INCÊNDIO BOZZA. - S/FR. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="inlineStr">
+        <is>
+          <t>36404</t>
+        </is>
+      </c>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO RSA; ANO 2012/2012; CINZA. - FR139426. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="inlineStr">
+        <is>
+          <t>36405</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO ECOAGRO; ANO 2014/2014; AZUL. - FR67181. - LOC. BOM RETIRO </t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="inlineStr">
+        <is>
+          <t>36407</t>
+        </is>
+      </c>
+      <c r="B163" s="4" t="inlineStr">
+        <is>
+          <t>CARRETA ABRIGO RSA; ANO 2012/2012; CINZA. - FR139419. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="inlineStr">
+        <is>
+          <t>36408</t>
+        </is>
+      </c>
+      <c r="B164" s="4" t="inlineStr">
+        <is>
+          <t> APROX. 11 TQS AGRÍCOLAS DIVERSOS MODELOS. - S/FR. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="inlineStr">
+        <is>
+          <t>36409</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t> SUCATA DE CAMINHÃO M.BENZ/L 1313; ANO 1980/1981; BRANCA. - FR52507. - (VENDA SEM DOCUMENTO) - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="inlineStr">
+        <is>
+          <t>36410</t>
+        </is>
+      </c>
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t> GRADE; ANO 2018. - FR25024. - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="inlineStr">
+        <is>
+          <t>36411</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t> TANQUE DE FIBRA. - S/FR. - INDUSTRIA - LOC. SÃO FRANCISCO </t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="inlineStr">
+        <is>
+          <t>36421</t>
+        </is>
+      </c>
+      <c r="B168" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 01 TELA PROJEÇÃO ELETRÔNICA 3MTS; APROX. 108 CADEIRAS; 02 ARMÁRIOS; 03 MESAS. - (VÍDEO). - SALA AUDITÓRIO. - UNID. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="inlineStr">
+        <is>
+          <t>36422</t>
+        </is>
+      </c>
+      <c r="B169" s="4" t="inlineStr">
+        <is>
+          <t>01 BEBEDOURO INDUSTRIAL. - N/A. - SALA REFEITÓRIO. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="inlineStr">
+        <is>
+          <t>36423</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 06 MESAS E 31 BANQUETAS BAIXA DE MADEIRA. - N/A. - SALA REFEITÓRIO - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="inlineStr">
+        <is>
+          <t>36424</t>
+        </is>
+      </c>
+      <c r="B171" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 09 MESAS FORMICA, INCLUINDO BANCOS FIXO E DOBRÁVEL; 18 BANQUETAS; 04 MESAS PLÁSTICAS; 04 VENTILADORES; E 1 SUPORTE PARA TV. - N/A. - SALA REFEITÓRIO - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="inlineStr">
+        <is>
+          <t>36425</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 34 CADEIRAS UNIVERSITÁRIAS; 01 CADEIRA GIRATÓRIA; 02 ARMÁRIOS;  01 GAVETEIRO; 01 MESA; 01 ESTANTE; 01 TELA PROJEÇÃO. - N/A. - SALA 04 - UND.BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="inlineStr">
+        <is>
+          <t>36426</t>
+        </is>
+      </c>
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 02 ARMÁRIOS; 03 GAVETEIRO/ARQUIVO; 03 MESAS; 05 CADEIRAS; 01 SUPORTE TV. - N/A. - SALA COORDENAÇÃO. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="inlineStr">
+        <is>
+          <t>36427</t>
+        </is>
+      </c>
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t>APARADOR. - N/A. - SALA COORDENAÇÃO. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="inlineStr">
+        <is>
+          <t>36428</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 03 ARMÁRIOS, 01 ESTAÇÃO DE TRABALHO, 03 CADEIRAS, 02 POLTRONAS, 01 BEBEDOURO C/ GALÃO, 1 VENTILADOR, 01 GUILHOTINA, 01 VASO, (IMPRESSORAS E OBJETOS NÃO FAZEM PARTE DO LOTE). -  SALA RECEPÇÃO. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="inlineStr">
+        <is>
+          <t>36430</t>
+        </is>
+      </c>
+      <c r="B176" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 27 CADEIRAS PLÁSTICAS, 01 ARMÁRIO, 01 ESTANTE C/ 18 DIVISORIAS DE MADEIRA, 01 JG SOFÁ MADEIRA P/ JARDIM. - N/A. - SALA ALMOXARIFADO/EXTERNO - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="inlineStr">
+        <is>
+          <t>36431</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 02  ARMÁRIOS, 01 MESA, 01 GAVETEIRO, 02 VENTILADORES, 23 CADEIRAS UNIVERSITÁRIAS, 01 CADEIRA GIRATÓRIA, 02 PUF'S, 01 TELA PROJEÇÃO. - N/A. - SALA 1 - UND. BARRA - LOC. IGARAÇU DO TIETÊ </t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <t>36432</t>
+        </is>
+      </c>
+      <c r="B178" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 04 ARMÁRIOS, 09 MESAS, 01 SUPORTE TV, 01 TAPETE, 01 TELA PROJEÇÃO, 24 PUFF'S, 11 CADEIRAS GIRATÓRIAS, 06 CADEIRAS FIXAS, JOGOS EDUCATIVOS. - N/A. - SALA 2 - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>4.500,01</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="inlineStr">
+        <is>
+          <t>36433</t>
+        </is>
+      </c>
+      <c r="B179" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 03 BANCADAS FERRO/MADEIRA, 12 BANQUETAS ALTA, 01 MESA, 01 SUPORTE APRESENTAÇÃO, 1 TELA PROJEÇÃO, 2 ARMARIOS, 1 GAVETEIRO, 2 VENTILADORES, 22 CADEIRAS UNIVERSITÁRIAS, 01 CADEIRA GIRATÓRIA. - N/A. - SALA 3 - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>2.750,01</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="inlineStr">
+        <is>
+          <t>36434</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 01 GELADEIRA CONSUL, 01 GELADEIRA BRASTEMP, 01 FREZEER, 01 FOGÃO CONSUL, 01 FORNO A GÁS BRASTEMP, 01 BEBEDOURO, 01 ARMÁRIO COM BALCÃO, MÓVEIS CONJUGADOS, 2 BOTIJÕES P45. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="inlineStr">
+        <is>
+          <t>36435</t>
+        </is>
+      </c>
+      <c r="B181" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 01 FAQUEIRO, XÍCARAS, COPOS, JARRAS, 02 LIQUIFICADORES, 01 BATEDEIRA, PANELAS, ASSADEIRAS VIDRO E ALUMÍNIO, POTES E BANDEJAS PLÁSTICAS. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="inlineStr">
+        <is>
+          <t>36436</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 01 MAQ. DE LAVAR BRASTEMP, 01 TANQUINHO, 01 LAVADORA JACTO, 04 BEBEDOUROS, 08 GALÕES, 01 VARAL, 02 ESCADAS  ALUMÍNIO, 10 CADEIRAS PLÁSTICAS, 05 ARMÁRIOS, 01 ESTANTE, 01 TACHO. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="inlineStr">
+        <is>
+          <t>36437</t>
+        </is>
+      </c>
+      <c r="B183" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 09 AR CONDICIONADOS; (DE 10000 A 30000 BTUS APROX.) - (RETIRADA POR CONTA DO COMPRADOR) - N/A. - TODAS SALAS - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="inlineStr">
+        <is>
+          <t>36439</t>
+        </is>
+      </c>
+      <c r="B184" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 18 DESKTOP. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>6.600,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="inlineStr">
+        <is>
+          <t>36441</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 1 NOTEBOOK, 3 TV`S DE APROX 40 POLEG. E 4 CHROMEBOOK. - N/A. - UND.BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="inlineStr">
+        <is>
+          <t>36442</t>
+        </is>
+      </c>
+      <c r="B186" s="4" t="inlineStr">
+        <is>
+          <t>02 DATA SHOW , 01 NOTEBOOK. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="inlineStr">
+        <is>
+          <t>36443</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 50 CHROMEBOOK. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="inlineStr">
+        <is>
+          <t>36445</t>
+        </is>
+      </c>
+      <c r="B188" s="4" t="inlineStr">
+        <is>
+          <t>APROX. 70 UNDS. DE CHROMEBOOK. - N/A. - UND. BARRA - LOC. IGARAÇU DO TIETÊ</t>
+        </is>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="inlineStr">
+        <is>
+          <t>36651</t>
+        </is>
+      </c>
+      <c r="B189" s="4" t="inlineStr">
+        <is>
+          <t>6 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURAS MÁXIMAS DE 70M E MÍNIMA DE 15M – MODELOS: ESTAIADA E RTK – (VEJA DESCRITIVO DE ITENS) - LOC. BARRA</t>
+        </is>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="inlineStr">
+        <is>
+          <t>36653</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t>1 TORRE DE COMUNICAÇÃO PARA RÁDIO – ALTURA 30M– MODELO: ESTAIADA – (VEJA DESCRITIVO DE ITEM) - LOC. BOM RETIRO</t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="inlineStr">
+        <is>
+          <t>36654</t>
+        </is>
+      </c>
+      <c r="B191" s="4" t="inlineStr">
+        <is>
+          <t>1 TORRE DE COMUNICAÇÃO PARA RÁDIO – ALTURA 30M– MODELO: ESTAIADA – (VEJA DESCRITIVO DE ITEM) - LOC. COSTA PINTO</t>
+        </is>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="inlineStr">
+        <is>
+          <t>36655</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t>3 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURA 15M – MODELO: ALTO PORTANTE – (VEJA DESCRITIVO DE ITENS) - LOC. DESTIVALE</t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="inlineStr">
+        <is>
+          <t>36656</t>
+        </is>
+      </c>
+      <c r="B193" s="4" t="inlineStr">
+        <is>
+          <t>6 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURAS MÁXIMAS DE 70M E MÍNIMA DE 15M – MODELOS: ESTAIADA E RTK – (VEJA DESCRITIVO DE ITENS) - LOC. DIAMANTE</t>
+        </is>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="inlineStr">
+        <is>
+          <t>36657</t>
+        </is>
+      </c>
+      <c r="B194" s="4" t="inlineStr">
+        <is>
+          <t>4 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURAS MÁXIMAS DE 30M E MÍNIMA DE 15M – MODELOS: ESTAIADA E ALTO PORTANTE – (VEJA DESCRITIVO DE ITENS) - LOC. GASA</t>
+        </is>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="inlineStr">
+        <is>
+          <t>36658</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>3 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURAS MÁXIMAS DE 30M E MÍNIMA DE 15M – MODELOS: ESTAIADA E ALTO PORTANTE – (VEJA DESCRITIVO DE ITENS) - LOC. IPAUSSU</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="inlineStr">
+        <is>
+          <t>36660</t>
+        </is>
+      </c>
+      <c r="B196" s="4" t="inlineStr">
+        <is>
+          <t>1 TORRE DE COMUNICAÇÃO PARA RÁDIO – ALTURA 15M– MODELO: ESTAIADA – (VEJA DESCRITIVO DE ITEM) - LOC. RAFARD</t>
+        </is>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="inlineStr">
+        <is>
+          <t>36661</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t>4 TORRES DE COMUNICAÇÃO PARA RÁDIO – ALTURA 15M – MODELO: ESTAIADA – (VEJA DESCRITIVO DE ITENS) - LOC. SERRA</t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="inlineStr">
+        <is>
+          <t>36662</t>
+        </is>
+      </c>
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t>1 TORRE DE COMUNICAÇÃO PARA RÁDIO – ALTURA 22M– MODELO: ESTAIADA – (VEJA DESCRITIVO DE ITEM) - LOC. UNIVALEM</t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="inlineStr">
+        <is>
+          <t>36800</t>
+        </is>
+      </c>
+      <c r="B199" s="4" t="inlineStr">
+        <is>
+          <t>TRANSBORDO CIVEMASA - ANO 2008 - FR8003019 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="inlineStr">
+        <is>
+          <t>36801</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512061 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="inlineStr">
+        <is>
+          <t>36805</t>
+        </is>
+      </c>
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512047- LOC. LAGOA DA PRATA </t>
+        </is>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="inlineStr">
+        <is>
+          <t>36806</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512050 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="inlineStr">
+        <is>
+          <t>36807</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t>TRATOR CASE PUMA 200 4X4 - ANO 2016 - FR512054 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="inlineStr">
+        <is>
+          <t>36809</t>
+        </is>
+      </c>
+      <c r="B204" s="4" t="inlineStr">
+        <is>
+          <t>02 TANQUES DE INOX (APROXIMADAMENTE 8.000 LITROS) - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="inlineStr">
+        <is>
+          <t>36810</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t>TANQUE AZUL GASCOM 15.000 LITROS - PT.348829 - LOC. LAGOA DA PRATA      </t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="inlineStr">
+        <is>
+          <t>36811</t>
+        </is>
+      </c>
+      <c r="B206" s="4" t="inlineStr">
+        <is>
+          <t>PEÇAS AUTOMOTIVAS (APROX. 01 VIGA EIXO SERGOMEL, 16 SUPORTE DE MOLA E 06 BALAÇA ASA DELTA DE PINO) - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="inlineStr">
+        <is>
+          <t>36813</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>TANQUE VERMELHO GASCOM - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="inlineStr">
+        <is>
+          <t>36814</t>
+        </is>
+      </c>
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA COMBOIO AZUL -  PT.290469 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="inlineStr">
+        <is>
+          <t>36815</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>CARROCERIA COMBOIO VERDE -  PT.289737 - LOC. LAGOA DA PRATA</t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>