--- v0 (2026-01-13)
+++ v1 (2026-03-05)
@@ -191,51 +191,51 @@
       <c r="E2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Leilão</t>
         </is>
       </c>
       <c r="B6" s="4" t="inlineStr">
         <is>
-          <t>MÁQUINAS E COMPONENTES DIVERSOS</t>
+          <t>MÁQUINAS, CABINES E COMPONENTES DIVERSOS</t>
         </is>
       </c>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>15/01/2026 15:00</t>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
@@ -281,8061 +281,8061 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345 / 349</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C /349</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO LIEBHEER</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO KOMATSU PC600</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO KOMATSU PC600</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO CAT 345C</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE TRAÇÃO LIEBHEER</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
           <t> CABINE LIUGONG (VAZIA)</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA)</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN (VAZIA)</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN (VAZIA)</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT (VAZIA)</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966H (VAZIA )</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H ( VAZIA )</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER ( VAZIA )</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER ( VAZIA )</t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H ( VAZIA )</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT ( VAZIA )</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 140M ( VAZIA )</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB 330 ( VAZIA )</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN ( VAZIA )</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950H (VAZIA )</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 938H ( VAZIA )</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 321 DL (VAZIA )</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 960F ( VAZIA )</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 962G ( VAZIA )</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT ( VAZIA )</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950F ( VAZIA )</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t> CABINE KOMATSU W.A380 ( VAZIA )</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT W130 (VAZIA )</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t> CABINE DOOSAN ( VAZIA )</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 966 R (VAZIA)</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 135H ( VAZIA )</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHER ( VAZIA )</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBEER (VAZIA )</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC400</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT 345C</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO JCB 330</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC600</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT 320 DL</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
           <t> MOTOR DE GIRO CAT</t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8N</t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D4E</t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 621B</t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D7E</t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D7E</t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8H</t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 950G</t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT D8K</t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CLARK</t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CLARK</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO ZF</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA LIEBHEER</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA CAT D9H</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
           <t> RODA CAT CAT D8K</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA HYUNDAY</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA KOMATSU PC 150</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
           <t> RODA GUIA CAT D8N</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
           <t>110</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
           <t> RADIADOR DOOSAN DL-250</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT D9H</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 320B</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 621R</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 950H</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOLVO G940</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
           <t>116</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
           <t> RADIADOR KOMATSU PC200</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
           <t>117</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOGELE 50</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t> RADIADOR VOLVO G940</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE CALOR TEMA TERRA</t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
           <t> TROCADOR DE CALOR TEMA TERRA</t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB 3.C (VAZIA)</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>127</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
           <t> CABINE LIEBHEER (VAZIA )</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
           <t>129</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT (VAZIA)</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>130</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
           <t> CABINE CAT 950G (VAZIA)</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
           <t> CABINE CASE 721 C (VAZIA)</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
           <t> CABINE KOMATSU PC 600 (VAZIA)</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
           <t> MINI CARREGADEIRA CAT 246D (SEM MOTOR )</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t> MINI CARREGADEIRA CAT 226 (SEM MOTOR )</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>137</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D6-T</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H LEVANTE</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
           <t>143</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 330C</t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>146</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT966H</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>148</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT COM H 330C</t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
           <t>149</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H</t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t> CONCHA CAT 416 D</t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t> CONCHA JCB 3C</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT 924G</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT 336D</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t> TANQUE HIDRAULICO CAT D6R</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
           <t>155</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
           <t>CONCHA DOOSAN  DL 250</t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
           <t>156</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t> CONCHA DOOSAN</t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
           <t>157</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
           <t> CONCHA DOOSAN</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>158</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
           <t> PLATAFORMA D4E</t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
           <t>159</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
           <t> CAPOTA CAT</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
           <t>164</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D8H</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
           <t>166</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
           <t> PISTÃO GALEO</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
           <t>169</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950H</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
           <t>170</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950H</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950G</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950H</t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D6D</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
           <t> PISTÃO VOLVO</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT D8K</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
           <t>188</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 938G</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>189</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 938H</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 938H</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="5" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="B135" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN</t>
         </is>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="5" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="B136" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN</t>
         </is>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="5" t="inlineStr">
         <is>
           <t>195</t>
         </is>
       </c>
       <c r="B137" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 416-C</t>
         </is>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="5" t="inlineStr">
         <is>
           <t>196</t>
         </is>
       </c>
       <c r="B138" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 416-C</t>
         </is>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="5" t="inlineStr">
         <is>
           <t>198</t>
         </is>
       </c>
       <c r="B139" s="4" t="inlineStr">
         <is>
           <t> PISTÃO JCB330</t>
         </is>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="5" t="inlineStr">
         <is>
           <t>199</t>
         </is>
       </c>
       <c r="B140" s="4" t="inlineStr">
         <is>
           <t> PISTÃO</t>
         </is>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="B141" s="4" t="inlineStr">
         <is>
           <t> CARA DE CAVALO LIUGONG</t>
         </is>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
           <t> CARA DE CAVALO JCB 3-C</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="5" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
           <t> RIPPER CAT D8K</t>
         </is>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>210</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU TOYOTA (UNIDADE)</t>
         </is>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="5" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU CAT 420-F (UNIDADE)</t>
         </is>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="5" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU F-450 (UNIDADE)</t>
         </is>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="5" t="inlineStr">
         <is>
           <t>213</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU C-10 (UNIDADE)</t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="5" t="inlineStr">
         <is>
           <t>214</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU PARA CANARINHO (02 UNIDADES )</t>
         </is>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="5" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU PARA CANARINHO (04 UNIDADES )</t>
         </is>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="5" t="inlineStr">
         <is>
           <t>218</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 23.5-25 (UNIDADE)</t>
         </is>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>1.050,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="5" t="inlineStr">
         <is>
           <t>219</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 11.00-22 (UNIDADE)</t>
         </is>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="5" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 11.00-22 (3 UNIDADES)</t>
         </is>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU 11.00-22 (5 UNIDADES )</t>
         </is>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="5" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
           <t> RODA COM PNEU LIUGONG 14-17 (2 UNIDADES )</t>
         </is>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="5" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
         <is>
           <t> RADIADOR CAT 312 DL</t>
         </is>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="5" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 950G</t>
         </is>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 950GH</t>
         </is>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="5" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 950G</t>
         </is>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="5" t="inlineStr">
         <is>
           <t>230</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT 950H</t>
         </is>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="5" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT 950G</t>
         </is>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="5" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 966H</t>
         </is>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="5" t="inlineStr">
         <is>
           <t>233</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 966H</t>
         </is>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="5" t="inlineStr">
         <is>
           <t>234</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT 966H</t>
         </is>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="5" t="inlineStr">
         <is>
           <t>235</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT 966H</t>
         </is>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="5" t="inlineStr">
         <is>
           <t>236</t>
         </is>
       </c>
       <c r="B165" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 938H</t>
         </is>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="5" t="inlineStr">
         <is>
           <t>237</t>
         </is>
       </c>
       <c r="B166" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL</t>
         </is>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="5" t="inlineStr">
         <is>
           <t>238</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 938G</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="5" t="inlineStr">
         <is>
           <t>239</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 950G</t>
         </is>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="5" t="inlineStr">
         <is>
           <t>240</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL TRASEIRO CAT 950H</t>
         </is>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="5" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO VPLVO L120F</t>
         </is>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="5" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT 938G</t>
         </is>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="5" t="inlineStr">
         <is>
           <t>243</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO CAT</t>
         </is>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="5" t="inlineStr">
         <is>
           <t>250</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3406</t>
         </is>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="5" t="inlineStr">
         <is>
           <t>252</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
           <t> MOTOR KOMATSU PC 400</t>
         </is>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="5" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
           <t> MOTOR KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="5" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
           <t> MOTOR KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="5" t="inlineStr">
         <is>
           <t>255</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
           <t> MOTOR LIEBHEER</t>
         </is>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="5" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
           <t> MOTOR LIEBHEER</t>
         </is>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="5" t="inlineStr">
         <is>
           <t>267</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO ZF</t>
         </is>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="5" t="inlineStr">
         <is>
           <t>268</t>
         </is>
       </c>
       <c r="B180" s="4" t="inlineStr">
         <is>
           <t> CONJUNTO DE SAPATA CAT D6R (57 UNIDADES )</t>
         </is>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="5" t="inlineStr">
         <is>
           <t>269</t>
         </is>
       </c>
       <c r="B181" s="4" t="inlineStr">
         <is>
           <t> RABICHO CAT D8K</t>
         </is>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="5" t="inlineStr">
         <is>
           <t>270</t>
         </is>
       </c>
       <c r="B182" s="4" t="inlineStr">
         <is>
           <t> RABICHO CAR D9H</t>
         </is>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="5" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="B183" s="4" t="inlineStr">
         <is>
           <t> MOITÃO 20 TONELADAS</t>
         </is>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="5" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="B184" s="4" t="inlineStr">
         <is>
           <t> GUINCHO 100 TONELADAS</t>
         </is>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="5" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
           <t> DIFERENCIAL DIANTEIRO VOLVO G 940</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="5" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
         <is>
           <t> LÂMINA COM U E PISTÕES CAT</t>
         </is>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="5" t="inlineStr">
         <is>
           <t>282</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
         <is>
           <t> H DA CAT W130 COM PISTÕES</t>
         </is>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="5" t="inlineStr">
         <is>
           <t>283</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">
         <is>
           <t> H DA CAT 950H</t>
         </is>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="5" t="inlineStr">
         <is>
           <t>285</t>
         </is>
       </c>
       <c r="B189" s="4" t="inlineStr">
         <is>
           <t> CONCHA CAT 950H</t>
         </is>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="5" t="inlineStr">
         <is>
           <t>286</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
         <is>
           <t> BRAÇO JCB 3C</t>
         </is>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="5" t="inlineStr">
         <is>
           <t>287</t>
         </is>
       </c>
       <c r="B191" s="4" t="inlineStr">
         <is>
           <t> H DA CAT 938H</t>
         </is>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="5" t="inlineStr">
         <is>
           <t>288</t>
         </is>
       </c>
       <c r="B192" s="4" t="inlineStr">
         <is>
           <t> H DA CASE 721-C</t>
         </is>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="5" t="inlineStr">
         <is>
           <t>294</t>
         </is>
       </c>
       <c r="B193" s="4" t="inlineStr">
         <is>
           <t> PISTÃO LEVANTE CAT 345 C</t>
         </is>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="5" t="inlineStr">
         <is>
           <t>295</t>
         </is>
       </c>
       <c r="B194" s="4" t="inlineStr">
         <is>
           <t> PISTÃO LEVANTE CAT 345 C</t>
         </is>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="5" t="inlineStr">
         <is>
           <t>302</t>
         </is>
       </c>
       <c r="B195" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950H ARTICULAÇÃO DA CONCHA</t>
         </is>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="5" t="inlineStr">
         <is>
           <t>305</t>
         </is>
       </c>
       <c r="B196" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 336D LEVANTE</t>
         </is>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="5" t="inlineStr">
         <is>
           <t>306</t>
         </is>
       </c>
       <c r="B197" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 336D LEVANTE</t>
         </is>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="5" t="inlineStr">
         <is>
           <t>307</t>
         </is>
       </c>
       <c r="B198" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 321DL</t>
         </is>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="5" t="inlineStr">
         <is>
           <t>309</t>
         </is>
       </c>
       <c r="B199" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 966H</t>
         </is>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="5" t="inlineStr">
         <is>
           <t>310</t>
         </is>
       </c>
       <c r="B200" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 966H</t>
         </is>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="5" t="inlineStr">
         <is>
           <t>311</t>
         </is>
       </c>
       <c r="B201" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO JCB 330</t>
         </is>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="5" t="inlineStr">
         <is>
           <t>312</t>
         </is>
       </c>
       <c r="B202" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO LIEBHEER</t>
         </is>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="5" t="inlineStr">
         <is>
           <t>313</t>
         </is>
       </c>
       <c r="B203" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO DOOSAN</t>
         </is>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="5" t="inlineStr">
         <is>
           <t>315</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 950H</t>
         </is>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="5" t="inlineStr">
         <is>
           <t>316</t>
         </is>
       </c>
       <c r="B205" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 950G</t>
         </is>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="5" t="inlineStr">
         <is>
           <t>317</t>
         </is>
       </c>
       <c r="B206" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 960F</t>
         </is>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="5" t="inlineStr">
         <is>
           <t>318</t>
         </is>
       </c>
       <c r="B207" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 966H</t>
         </is>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="5" t="inlineStr">
         <is>
           <t>320</t>
         </is>
       </c>
       <c r="B208" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 966H</t>
         </is>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="5" t="inlineStr">
         <is>
           <t>321</t>
         </is>
       </c>
       <c r="B209" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 966H</t>
         </is>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
           <t>330</t>
         </is>
       </c>
       <c r="B210" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN ARTICULAÇÃO DA CONCHA</t>
         </is>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="5" t="inlineStr">
         <is>
           <t>331</t>
         </is>
       </c>
       <c r="B211" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN LEVANTE</t>
         </is>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="5" t="inlineStr">
         <is>
           <t>332</t>
         </is>
       </c>
       <c r="B212" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN LEVANTE</t>
         </is>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="5" t="inlineStr">
         <is>
           <t>333</t>
         </is>
       </c>
       <c r="B213" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN LEVANTE</t>
         </is>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="5" t="inlineStr">
         <is>
           <t>334</t>
         </is>
       </c>
       <c r="B214" s="4" t="inlineStr">
         <is>
           <t> PISTÃO DOOSAN ARTICULAÇÃO DA CONCHA</t>
         </is>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="5" t="inlineStr">
         <is>
           <t>335</t>
         </is>
       </c>
       <c r="B215" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950G LEVANTE</t>
         </is>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="5" t="inlineStr">
         <is>
           <t>336</t>
         </is>
       </c>
       <c r="B216" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 950H LEVANTE</t>
         </is>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="5" t="inlineStr">
         <is>
           <t>338</t>
         </is>
       </c>
       <c r="B217" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966H ARTICULAÇÃO</t>
         </is>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="5" t="inlineStr">
         <is>
           <t>339</t>
         </is>
       </c>
       <c r="B218" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CASE 721C-C ARTICULAÇÃO</t>
         </is>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="5" t="inlineStr">
         <is>
           <t>340</t>
         </is>
       </c>
       <c r="B219" s="4" t="inlineStr">
         <is>
           <t> PISTÃO KOMATSU WA 320 LEVANTE</t>
         </is>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="5" t="inlineStr">
         <is>
           <t>341</t>
         </is>
       </c>
       <c r="B220" s="4" t="inlineStr">
         <is>
           <t> PISTÃO KOMATSU WA 320 LEVANTE</t>
         </is>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="5" t="inlineStr">
         <is>
           <t>345</t>
         </is>
       </c>
       <c r="B221" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CASE 721 -C LEVANTE</t>
         </is>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="5" t="inlineStr">
         <is>
           <t>346</t>
         </is>
       </c>
       <c r="B222" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CASE 721-C LEVANTE</t>
         </is>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="5" t="inlineStr">
         <is>
           <t>347</t>
         </is>
       </c>
       <c r="B223" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CASE 721-C LEVANTE</t>
         </is>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="5" t="inlineStr">
         <is>
           <t>348</t>
         </is>
       </c>
       <c r="B224" s="4" t="inlineStr">
         <is>
           <t> PISTÃO CAT 966C ARTICULAÇÃO</t>
         </is>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="5" t="inlineStr">
         <is>
           <t>350</t>
         </is>
       </c>
       <c r="B225" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO JCB 330C</t>
         </is>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="5" t="inlineStr">
         <is>
           <t>351</t>
         </is>
       </c>
       <c r="B226" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 345C</t>
         </is>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="5" t="inlineStr">
         <is>
           <t>352</t>
         </is>
       </c>
       <c r="B227" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO FIATALIS FX215</t>
         </is>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="5" t="inlineStr">
         <is>
           <t>353</t>
         </is>
       </c>
       <c r="B228" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 321 DL</t>
         </is>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="5" t="inlineStr">
         <is>
           <t>354</t>
         </is>
       </c>
       <c r="B229" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 321 D</t>
         </is>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="5" t="inlineStr">
         <is>
           <t>355</t>
         </is>
       </c>
       <c r="B230" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 320B</t>
         </is>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="5" t="inlineStr">
         <is>
           <t>356</t>
         </is>
       </c>
       <c r="B231" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO LIEBHEER</t>
         </is>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="5" t="inlineStr">
         <is>
           <t>357</t>
         </is>
       </c>
       <c r="B232" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO CAT 345C</t>
         </is>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="5" t="inlineStr">
         <is>
           <t>358</t>
         </is>
       </c>
       <c r="B233" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO VOLVO EC 460</t>
         </is>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="5" t="inlineStr">
         <is>
           <t>360</t>
         </is>
       </c>
       <c r="B234" s="4" t="inlineStr">
         <is>
           <t> COROA DE GIRO KOMATSU PC 600</t>
         </is>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="5" t="inlineStr">
         <is>
           <t>361</t>
         </is>
       </c>
       <c r="B235" s="4" t="inlineStr">
         <is>
           <t> PNEU MOTO SCRAPER CAT 621-R</t>
         </is>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="5" t="inlineStr">
         <is>
           <t>362</t>
         </is>
       </c>
       <c r="B236" s="4" t="inlineStr">
         <is>
           <t> PNEU 50.5-25 COM RODA CAT W130</t>
         </is>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="5" t="inlineStr">
         <is>
           <t>364</t>
         </is>
       </c>
       <c r="B237" s="4" t="inlineStr">
         <is>
           <t> PNEU GOOD YEAR 14.00-24 COM RODA</t>
         </is>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="5" t="inlineStr">
         <is>
           <t>365</t>
         </is>
       </c>
       <c r="B238" s="4" t="inlineStr">
         <is>
           <t> PNEU PIRELLI 11.00-20</t>
         </is>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="5" t="inlineStr">
         <is>
           <t>366</t>
         </is>
       </c>
       <c r="B239" s="4" t="inlineStr">
         <is>
           <t> PNEU FIRESTONE 29.5-29</t>
         </is>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="5" t="inlineStr">
         <is>
           <t>367</t>
         </is>
       </c>
       <c r="B240" s="4" t="inlineStr">
         <is>
           <t> PNEU GOOD YEAR 13.00-24 COM RODA CAT 120B</t>
         </is>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="5" t="inlineStr">
         <is>
           <t>368</t>
         </is>
       </c>
       <c r="B241" s="4" t="inlineStr">
         <is>
           <t> PNEU FIRESTONE SEM CAMARA 29.5-29</t>
         </is>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="5" t="inlineStr">
         <is>
           <t>369</t>
         </is>
       </c>
       <c r="B242" s="4" t="inlineStr">
         <is>
           <t> PNEU FIRESTONE SM CAMARA COM ARO 29.5-29</t>
         </is>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="5" t="inlineStr">
         <is>
           <t>370</t>
         </is>
       </c>
       <c r="B243" s="4" t="inlineStr">
         <is>
           <t> CONJUNTO DE LAMINA COMPLETO ARTICULADA D6M , PARA ADAPTAÇAO D5,D6,D4 SR , D30, D50 SHANTUI E OUTROS</t>
         </is>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="5" t="inlineStr">
         <is>
           <t>371</t>
         </is>
       </c>
       <c r="B244" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3406</t>
         </is>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="5" t="inlineStr">
         <is>
           <t>372</t>
         </is>
       </c>
       <c r="B245" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA CAT 320B</t>
         </is>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="5" t="inlineStr">
         <is>
           <t>373</t>
         </is>
       </c>
       <c r="B246" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO L 120F</t>
         </is>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="5" t="inlineStr">
         <is>
           <t>374</t>
         </is>
       </c>
       <c r="B247" s="4" t="inlineStr">
         <is>
           <t> MOTOR MWM 226</t>
         </is>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="5" t="inlineStr">
         <is>
           <t>375</t>
         </is>
       </c>
       <c r="B248" s="4" t="inlineStr">
         <is>
           <t> BOMBA HIDRAULICA S90 FE 105</t>
         </is>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="5" t="inlineStr">
         <is>
           <t>376</t>
         </is>
       </c>
       <c r="B249" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3306 CABEÇOTE ALTO</t>
         </is>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="5" t="inlineStr">
         <is>
           <t>377</t>
         </is>
       </c>
       <c r="B250" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CLARK 24 MIL</t>
         </is>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="5" t="inlineStr">
         <is>
           <t>378</t>
         </is>
       </c>
       <c r="B251" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO D8H</t>
         </is>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="5" t="inlineStr">
         <is>
           <t>379</t>
         </is>
       </c>
       <c r="B252" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO D9H</t>
         </is>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="5" t="inlineStr">
         <is>
           <t>380</t>
         </is>
       </c>
       <c r="B253" s="4" t="inlineStr">
         <is>
           <t> CONVERSOR DE TORQUE D6T</t>
         </is>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="5" t="inlineStr">
         <is>
           <t>381</t>
         </is>
       </c>
       <c r="B254" s="4" t="inlineStr">
         <is>
           <t> MOTOR CAT 3116</t>
         </is>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="5" t="inlineStr">
         <is>
           <t>382</t>
         </is>
       </c>
       <c r="B255" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 938-G2</t>
         </is>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="5" t="inlineStr">
         <is>
           <t>383</t>
         </is>
       </c>
       <c r="B256" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 950G</t>
         </is>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="5" t="inlineStr">
         <is>
           <t>384</t>
         </is>
       </c>
       <c r="B257" s="4" t="inlineStr">
         <is>
           <t> TRANSMISSÃO CAT 950F</t>
         </is>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="5" t="inlineStr">
         <is>
           <t>385</t>
         </is>
       </c>
       <c r="B258" s="4" t="inlineStr">
         <is>
           <t> REDUTOR DE GIRO CAT 336D</t>
         </is>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="5" t="inlineStr">
         <is>
           <t>386</t>
         </is>
       </c>
       <c r="B259" s="4" t="inlineStr">
         <is>
           <t> COMANDO HIDRAULICO CAT 320D</t>
         </is>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="5" t="inlineStr">
         <is>
           <t>387</t>
         </is>
       </c>
       <c r="B260" s="4" t="inlineStr">
         <is>
-          <t> CABINE CAT D6T(VAZIA)</t>
+          <t> CABINE CAT D6T (VAZIA)</t>
         </is>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
-          <t>15.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="5" t="inlineStr">
         <is>
           <t>388</t>
         </is>
       </c>
       <c r="B261" s="4" t="inlineStr">
         <is>
           <t> CABINE JCB JS 330 (VAZIA)</t>
         </is>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 