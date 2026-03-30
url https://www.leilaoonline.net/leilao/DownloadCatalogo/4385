--- v0 (2026-01-22)
+++ v1 (2026-03-30)
@@ -269,2463 +269,2159 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316436", "1003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316436", "LANCHA FOCKER 222; ANO 2005; MOTOR YAMAHA 200HP 2 TEMPOS; CARRETA DE ENCALHE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>34</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316434", "1005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316434", "TRATOR NEW HOLLAND 5630; COMANDO DUPLO; CABINE AGRO LEITE; PESO NAS RODAS TRASEIRAS; DUAL POWER - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316437", "1006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316437", "TRATOR 8 BR; SEM PLAQUETA DE IDENT.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316433", "1007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316433", "ADUBADEIRA AGRÍCOLA JACTO TELLUS 10000 NPK C/ GPS; ANO 2021")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316579", "1008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316579", "veja o vídeo!! RESTROESCAVADEIRA CASE 580H; ANO 1990; COR AMARELO; COMB. DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316441", "1010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316441", "ÁREA DE VIVÊNCIA; REBOQUE SERNAUTO AZUL; ANO 2010/2011")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316439", "1015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316439", "veja o vídeo!! GM/CHEVROLET 11000; 1986/1986; BRANCA; DIESEL; MOTOR PERKINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316432", "1016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316432", "CAMINHÃO PIPA M. BENZ/LK 1513; 1980/1980; COR AMARELA; COMB. DIESEL; C/ 2 EIXOS - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316748", "1017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316748", "CAMINHÃO M. BENZ/LK 1113; 1980/1981; AMARELA; DIESEL; BASCULANTE; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316442", "1020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316442", "FORD/JEEP; 1973/1973; COR VERDE; COMB. GASOLINA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316438", "1035")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316438", "LOTE COM 11 BORRACHAS DE DIVERSAS APLICAÇÕES DE APROX. 25M E 01 GAXETA GRAFITADA DE 5/8")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316505", "2002")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316505", "MOTONIVELADORA PATROL; MARCA CATERPILLAR; MODELO 120 B - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316506", "2004")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316506", "VIBRO ACABADORA DE ASFALTO; MARCA BARBER GREENE; À DIESEL - FUNCIONANDO, HIDRÁULICOS PARA TRANSPORTE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316507", "2005")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316507", "CAÇAMBA DO CAMINHÃO TOCO BASCULANTE ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316508", "2007")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316508", "LOTE COM APROX. 61 BARRAS DE PVC 150 E APROX. 4 BARRAS 200; MARCA PEVESUL")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316509", "2008")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316509", "02 SPRED - DISTRIBUIDOR DE AGREGADOS; MARCA CMV")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316510", "2009")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316510", "MOTOR CAMINHÃO CHEVROLET; MARCA PERKINS; MODELO 6357; Á DIESEL; 6 CILINDROS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316511", "2010")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316511", "LOTE COM APROX. 44 PNEUS DE VÁRIAS MEDIDAS, APROX. 50 PEÇAS DE PROTETORES E CÂMARA DE AR - USADOS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316512", "2011")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316512", "LOTE COM 13 FEIXES DE MOLAS DE CAMINHÃO - DIVERSOS MODELOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316513", "2012")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316513", "LOTE COM MOTORES ELÉTRICOS HP DIVERSOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316514", "2013")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316514", "LOTE COM 04 UNIDADES DE BOMBAS D'ÁGUA - DIVERSOS MODELOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316515", "2014")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316515", "LOTE COM 11 UNIDADES DE PONTA DE EIXO - CAMINHÃO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316516", "2015")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316516", "LOTE COM PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316517", "2016")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316517", "LOTE COM 14 BOMBAS HIDRÁULICAS E 03 VÁLVULAS - NOVAS - DIVERSOS MODELOS E APLICAÇÕES")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316518", "2017")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316518", "LOTE COM 6 UNIDADES DE CAIXA SECA - MOTORES DIVERSOS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316519", "2018")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316519", "LOTE COM CAIXAS DE CÂMBIO CLARK")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316520", "2019")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316520", "LOTE COM 5 UNIDADES DE CARCAÇAS DE CÂMBIO CLARK")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316521", "2020")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316521", "LOTE COM RADIADORES DIVERSOS USADOS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316522", "2021")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316522", "LOTE COM PEÇAS USADAS VIBRO ACABADORA BARBER")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316523", "2022")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316523", "LOTE COM 14 PEÇAS DIVERSAS - ESCAVADEIRA CATERPILLAR - ARTICULAÇÃO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316524", "2023")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316524", "LOTE COM PEÇAS DIVERSAS DE PÁ CARREGADEIRA 930")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316525", "2024")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316525", "LOTE DE PEÇAS DIVERSAS DE ESCAVADEIRA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316526", "2025")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316526", "LOTE COM PEÇAS DIVERSAS DE MOTONIVELADORA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316527", "2026")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316527", "LOTE COM PEÇAS DIVERSAS - CAMINHÃO E MÁQUINA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316528", "2027")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316528", "LOTE COM PEÇAS ELÉTRICAS DE CARRO E CAMINHÃO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316529", "2028")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316529", "ROLO DE PNEU; MARCA TEMA TERRA; MODELO TEMA SP8000; ANO 1980 - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...52 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316530", "2029")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316530", "LOTE COM PEÇAS HIDRÁULICAS PARA CAMINHÕES")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316531", "2030")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316531", "LOTE COM 01 UNIDADE SILENCIOSO MOTOR ESCAVADEIRA 320D")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316532", "2031")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316532", "MÁQUINA DE SOLDA MODELO LHE 425")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316533", "2032")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316533", "MÁQUINA DE SOLDA MODELO PICCOLO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316534", "2033")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316534", "LOTE COM RODAS DIVERSAS DE MÁQUINAS E CAMINHÕES")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316535", "2034")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316535", "TEODOLITO ANTIGO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316536", "2035")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316536", "LOTE COM 05 UNIDADES DE TURBINAS; MOTOR DE MERCEDES BENZ - COM AVARIAS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316537", "2036")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316537", "LOTE COM DIVERSAS CONEXÕES DE FERRO FUNDIDO E HIDRANTES")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316538", "2037")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316538", "LOTE COM DIVERSAS CONEXÕES DE PVC")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316539", "2038")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316539", "LOTE COM 10 UNIDADES DE CANOS DE DIVERSAS MEDIDAS E MODELOS DA PÁ CARREGADEIRA E ESCAVADEIRA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316540", "2039")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316540", "CONJUNTO DE BANCADAS DE AUTO ELÉTRICO PARA TESTE DE MOTOR DE PARTIDA E ALTERNADOR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316541", "2040")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316541", "LOTE COM 03 UNIDADES DE DENTE DA ESCAVADEIRA 01 DE RETRO ESCAVADEIRA E 01 DE PATROL")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316542", "2041")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316542", "LOTE COM 12 UNIDADES DE EIXO CARDAN, PONTA DE CARDAN E FLANGE")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316543", "2042")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316543", "LOTE COM 07 UNIDADES DE EIXOS E VIRABREQUIM DE DIVERSOS MODELOS E 01 UNIDADE DE EIXO COMANDO MOTOR MERCEDES")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316544", "2043")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316544", "LOTE COM FORMA DE GUIA E SARGETAS PARA MÁQUINA EXTRUSORA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316545", "2044")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316545", "LOTE COM 34 UNIDADES DE FILTROS HIDRÁULICOS, FILTROS DIESEL, FILTRO LUBRIFICANTE E FILTRO DE AR")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316546", "2045")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316546", "LOTE COM 60 UNIDADES LONAS DE FREIOS DIVERSOS MODELO E 09 UNIDADES DE  PATINHO DE FREIO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316547", "2046")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316547", "LOTE COM 01 CAIXA DE FILTRO DE AR DO CAMINHÃO VOLVO 360")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316548", "2047")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316548", "LOTE COM DIVERSOS TAMANHOS DE MANGUEIRAS E CANOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316549", "2049")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316549", "REGISTRO DE ÁGUA PARA REDE")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316550", "2050")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316550", "LOTE COM 4 ÁRMARIOS DE AÇO PARA ARQUIVO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316551", "2051")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316551", "LOTE COM DIVERSOS MODELOS E MEDIDAS DE CABOS DE AÇO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316552", "2052")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316552", "LOTE COM MATERIAIS E PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316553", "2053")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316553", "SUCATA DE EQUIPAMENTO ELETRÔNICO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316554", "2054")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316554", "LOTE COM SUPORTE PARA EXTINTORES")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316555", "2055")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316555", "LOTE COM BELICHES DE FERRO PARA ALOJAMENTO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316556", "2056")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316556", "LOTE COM 05 UNIDADES DE CAIXA DE FERRAMENTAS - USADAS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316557", "2057")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316557", " LOTE COM 03 DIFERENCIAIS THINKING - COMPLETO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...153 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316558", "2058")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316558", "LOTE COM 01 DIFERENCIAL THINKING - PARCIAL")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316559", "2059")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316559", "CARCAÇA DE DIFERENCIAL THIKING")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316560", "2060")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316560", " DIFERENCIAL ROCKWELL; CAMINHÃO 3/4 - COMPLETO")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316561", "2061")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316561", "DIFERENCIAL ROCKWELL; CAMINHÃO 3/4; MODELO RS 220 - PARCIAL")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316562", "2062")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316562", "KIT DE PROTEÇÃO DA ESCAVADEIRA ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316563", "2063")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316563", "PARALAMA TRASEIRO DO LADO ESQUERDO - SCANIA HS 111")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316564", "2064")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316564", "CAPOTA DE FIBRA DE VIDRO COM 03 PORTAS; COR BRANCO - SAVEIRO GIV")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316565", "2065")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316565", "PEÇAS DE CHEVROLET - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316566", "2066")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316566", "PEÇAS DE VOLVO VM 260 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316567", "2067")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316567", " PEÇAS DE FORD DE F600; F11000; 3040 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316568", "2068")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316568", " PEÇAS DE MERCEDES 1313 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...2078 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316569", "2069")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316569", "PEÇAS DE MERCEDES 608 - INFORMAÇÕES NO "DESCRITIVO DE ITENS" ABAIXO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>