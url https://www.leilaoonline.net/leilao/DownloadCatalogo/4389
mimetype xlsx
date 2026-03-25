--- v0 (2026-01-28)
+++ v1 (2026-03-25)
@@ -269,2559 +269,2243 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317338", "748")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317338", "[ VÍDEOS ] LINHA DE PRODUÇÃO COMPLETA -  (PRODUÇÃO DE BATENTE E GUARNIÇÃO DE PORTAS COM LINHA DE PINTURA) - ANO 2013")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316378", "749")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316378", "[ VÍDEO ][ LANCE POR UNIDADE ] -  LOTE COM APROX. 5.000 UNIDADES - FOLHAS DE PORTA  ( MEDIDAS VARIADAS  - 82 x2110 x35  /   80x 2110 x 35m   / 62 x 2110 x 35m.  / 60x 2110 x 35mm) ( NO ESTADO )")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>55,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>3.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316377", "750")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316377", "[ LANCES POR KG ] APROX. 10 TON. - RETALHO E CHAPA DE INOX 410 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316376", "800")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316376", "[ LANCES POR KG ] APROX. 10 TON. - RETALHO E CHAPA DE INOX 410 ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316373", "850")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316373", "[ LANCES POR KG ] APROX. 10 TON. - RETALHO E CHAPA DE INOX 410 ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316374", "851")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316374", "[ LANCES POR KG ] APROX. 3 TON. - TUBOS DE AÇO CARBONO 6,00mm - 100X100X1.500mm COMPRIMENTO ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>2,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316379", "852")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316379", "EMPILHADEIRA KOMATSU 2,5 TON. - GLP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317339", "853")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317339", "APROX. 54 UN. CESTO GRANDE ( LARGURA 0,50 X ALTURA 0,80 ) ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317848", "854")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317848", "[ VÍDEO ] EMPILHADEIRA  A BATERIA CAPACIDADE .1.800 KG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317849", "855")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317849", "[ VÍDEO ] EMPILHADEIRA  A BATERIA CAPACIDADE .1.800 KG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317965", "856")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317965", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317968", "857")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317968", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317961", "858")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317961", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317966", "859")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317966", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317967", "860")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317967", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317969", "861")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317969", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317962", "862")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317962", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317963", "863")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317963", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317964", "864")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317964", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317970", "865")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317970", "50 UN.- TOCADOR DE BANHEIRO 60CM ( COMPLETO)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317976", "866")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317976", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317971", "867")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317971", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317980", "868")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317980", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317972", "869")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317972", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317979", "870")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317979", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317974", "871")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317974", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317977", "872")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317977", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317973", "873")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317973", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317978", "874")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317978", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317975", "875")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317975", "50 UN. - GABINETES DE COZINHA 1,20 MTS. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317982", "876")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317982", "15 UN. - CESTO METÁLICO (  0,80 MTS. COMPRIMENTO X 0,53 MTS. LARGURA X 0,27 MTS.ALTURA )")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317981", "877")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317981", "15 UN. - CESTO METÁLICO (  0,80 MTS. COMPRIMENTO X 0,53 MTS. LARGURA X 0,27 MTS.ALTURA )")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317984", "878")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317984", "18 UN. - CESTO METÁLICO (  0,80 MTS. COMPRIMENTO X 0,60 MTS. LARGURA X 0,70 MTS.ALTURA )(PESO APROX, 63 KG /CADA)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317983", "879")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317983", "18 UN. - CESTO METÁLICO (  0,80 MTS. COMPRIMENTO X 0,60 MTS. LARGURA X 0,70 MTS.ALTURA )(PESO APROX, 63 KG /CADA)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317985", "880")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317985", "18 UN. - CESTO METÁLICO (  0,80 MTS. COMPRIMENTO X 0,60 MTS. LARGURA X 0,70 MTS.ALTURA )(PESO APROX, 63 KG /CADA)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316354", "900")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316354", "[ VÍDEO ] EMPILHADEIRA HYSTER MOD. H80J CAPAC. 4 TON.(MOTOR GLP 4CC OPALA - FUNCIONANDO (NO ESTADO)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316360", "901")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316360", "[ LANCES POR KG ] APROX. 3.900 KG .TUBOS  - QUADRADO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316361", "902")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316361", "PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316362", "903")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316362", "PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316363", "904")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316363", "PORTA PALLET - ( 10 MONTANTES 4.80 X 1000 - 36 LONGARINAS 2,30 X 1200) 22 MTS LINEAR OU 2 RUAS DE 10 MTS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316353", "905")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316353", "[ VÌDEO ] BRAÇO GIRATÓRIO PARA TALHA ALTURA 3,36 MTS (BRAÇO 4,07 MTS SÓ ESTRURURA) E 04 PÉ DIRETO DE 150 X150 MM E 3 METROS ALT.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316347", "906")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316347", "[ VÍDEO ] EMPILHADEIRA ELÉTRICA CAPAC. 1 TON.( REVISADA) - NO ESTADO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316364", "907")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316364", "[ LANCES POR KG ]  APROX. 2 TON. - CABO DE AÇO 5/8")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316341", "908")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316341", " 20 UN. CARRINHOS PARA MANUSEAR PEÇAS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316359", "909")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316359", "LOTE DE 04 FILTROS E FRANGES")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316370", "910")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316370", "PORTA PALLET ( 21 MONTANTES DE 3,50 MTS./ 120 LONGARINAS DE2,30 MTS. (PARA 1.000 KG. APROX.) ( PARA MERCADO OU ADEGA)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316371", "911")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316371", "07 UN.  - PIAS DE INOX - NO ESTADO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...601 lines deleted...]
-      <c r="F41" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316372", "912")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316372", "10 UN. - PISTÃO DE ALUMÍNIO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316375", "913")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316375", "FRESADORA CNC POLARES ROMI - COMANDO FANUC  - MAC 10")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316355", "1000")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316355", " 10 UN. TELA DE FECHAMENTO 25 MTS/CADA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316332", "1001")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316332", " 10 UN. TELA DE FECHAMENTO 25 MTS/CADA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316351", "1002")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316351", " 10 UN. TELA DE FECHAMENTO 25 MTS/CADA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316343", "1003")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316343", " 10 UN. TELA DE FECHAMENTO 25 MTS/CADA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316339", "1004")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316339", " 10 UN. TELA DE FECHAMENTO 25 MTS/CADA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316346", "1008")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316346", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-[...25 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316331", "1009")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316331", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...281 lines deleted...]
-      <c r="F51" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316330", "1010")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316330", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316336", "1011")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316336", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316338", "1012")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316338", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316335", "1013")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316335", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316350", "1014")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316350", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316345", "1015")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316345", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316352", "1016")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316352", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316333", "1017")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316333", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316349", "1018")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316349", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316344", "1019")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316344", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316342", "1020")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316342", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316356", "1021")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316356", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316358", "1022")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316358", " 10 UN. GAVETEIROS DE AÇO COM RODIZIOS - 2 GAVETAS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316340", "1023")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316340", "[ VÍDEO ] 05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316357", "1024")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316357", "[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316334", "1025")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316334", "[ VÍDEO ] 05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316337", "1026")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316337", "[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316348", "1027")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316348", "[ VÍDEO ]  05 UN. CESTO PARA ARMAZENAR CARVÃO E OUTROS - 1.800X1.200X1.000 MM")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316366", "1036")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316366", "50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-[...25 lines deleted...]
-      <c r="F52" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316365", "1037")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316365", "50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...185 lines deleted...]
-      <c r="F58" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316369", "1038")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316369", "50 UN.ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-[...852 lines deleted...]
-      <c r="E85" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316368", "1039")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316368", "50 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
-      <c r="F85" s="4" t="inlineStr">
+      <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316367", "1040")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316367", "60 UN. ESTANTES  DE AÇO  (REFORÇADO) COM 6 PRATELEIRAS - MEDIDAS 2,00 X 0,90 X 0,30 MTS.")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>