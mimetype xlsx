--- v0 (2026-01-27)
+++ v1 (2026-03-30)
@@ -269,1316 +269,1156 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316593", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316593", " Ventilador industrial de teto")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316592", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316592", " Lote de grades piso entre 6 e 7m")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316606", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316606", " Caixa de água fibra 10 mil litros")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316625", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316625", " Caixa de água fibra 10 mil litros")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316615", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316615", " Caixa de água fibra 10 mil litros")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316613", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316613", " Caixa de água fibra 10 mil litros")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316594", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316594", " Lote com 12m de tubos Inox - 2 pol.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316617", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316617", " Balança Toledo PL 30 kg eletrônica")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316622", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316622", " Desmineralizadora de água Permution (6 peças)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316600", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316600", " Gaveteiro aço 26 gavetas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316621", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316621", "Lote de furadeira Bosch, esmerilhadeira, martelete, máq de amolar brocas + 3 pçs")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316607", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316607", " Empacotadeira Indumak completa com 2 colarinhos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316624", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316624", " Datadora manual")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316603", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316603", " 180 m² de telhado com estrutura metálica. Cobertura de telhas trapezoidal")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316597", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316597", " 78 m² de telhado com estrutura metálica. Cobertura de telhas trapezoidal")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316612", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316612", " Bancada industrial 80x40")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316618", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316618", " Bancada industrial reforçada 2mx0,8m (itens em cima da bancada não inclusos)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316620", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316620", "Bomba Imox 2 pol com motor 5cv Weg")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316610", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316610", " Mídia original com moldura vinho e jogo de tapetes originais Fiat Toro")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316623", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316623", " Sistema de alarme de incêndio Intelbras")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316614", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316614", " Envasadora inox nova sem uso de 100ml a 1 Lt - 2 Bicos Autom. mod G1wyd")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316619", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316619", " Armário balcão 6 gavetas e duas portas")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316616", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316616", " Carrinho plataforma de aço EVI 131")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316599", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316599", " Carrinho plataforma de aço PRX 111")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316602", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316602", " Paleteira 2 ton Paletrans")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316596", "035")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316596", " Carrinho plataforma Max96")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316604", "036")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316604", " Carrinho plataforma VG3608.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316601", "037")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316601", " Máquina de cintar automática")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316608", "038")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316608", " Envolvedora stretchadeira paletizadora Tecno Press")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316595", "039")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316595", " Esmeril de chicote c/ motor estacionário")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316605", "040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316605", " Carrinho plataforma de aço - VG3605.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316598", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316598", " Armário balcão 4 portas de correr")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316630", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316630", " Armário balcão 4 portas de correr")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316611", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316611", " Máquina industrial antiga")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316609", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316609", " Caixa industrial reforçada. 13 Unid")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316627", "045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316627", " VW  GOLF GL 1.8 MI 1997 - motor danificado")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...340 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316626", "046")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316626", " Máquina de fita de gomar manual e elétrica")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316628", "047")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316628", " Balcão Refrigerado em Aço Inox.  Sem compressor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316629", "048")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316629", " Carrinho de Padaria/Cozinha Industrial em Aço Inox")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317283", "049")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317283", "Cano para Bombeiro - aproximadamente 80m ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
-        </is>
-[...638 lines deleted...]
-          <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>