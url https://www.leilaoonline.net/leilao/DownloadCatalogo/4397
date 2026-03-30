--- v0 (2026-01-22)
+++ v1 (2026-03-30)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F39"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -269,974 +269,998 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317018", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317018", "UNIDADE DE DRAGAGEM ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317023", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317023", "EMPILHADEIRA DAEWOO CAPAC. 2,5 TON. - GLP - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317004", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317004", " GARRA FLORESTAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317000", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317000", " ESTEIRA  MEDINDO 1.5 M DE COMPRIMENTO E 0,40 M DE LARGURA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317002", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317002", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317020", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317020", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317007", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317007", "Alimentador de PET - Aco Inox - Marca Penta ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317021", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317021", "CONTAINER REFRIGERADO PIT STOP - 2,50 mts X 6,00 mts.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317008", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317008", "Alimentador de PET - Aco Inox - Marca Penta ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317003", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317003", " MAQUINA DE CORTAR TIRAS DE BORRACHA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317022", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317022", "APROX. 800 ROLOS DE FITA RIBOM TAMANHOS DIVERSOS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317001", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317001", " EQUIPAMENTO PARA MISTURAR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317009", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317009", "Picotador em Aco Inox Marca: Rieter Modelo Primo 200 U  -Ano 2001 - Isolamento Acústico")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317010", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317010", "Secador de ar Marca: Zeks Modelo 400HSGA400")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316999", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/316999", "[ VÍDEO ] Peneira vibratoria 4 metros ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317005", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317005", " 02 UN. TÚNEL DE ENCOLHIMENTO SLIVIS / VOLTAGEM 220")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317024", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317024", "INVERSOR WEG 2CV - SEMI NOVO( NO ESTADO)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317025", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317025", "01 UN. CASCATA DE CHOCOLATE DE 12 KG  -  220 V - SEMI-NOVO ( NO ESTADO)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317026", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317026", "01 UN. CASCATA DE CHOCOLATE DE 12 KG  -  220 V - SEMI-NOVO ( NO ESTADO)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317027", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317027", "01 UN. CASCATA DE CHOCOLATE DE 12 KG  -  220 V - SEMI-NOVO ( NO ESTADO)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Lote retirado</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317011", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317011", "SIDE FEEDER")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317006", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317006", "TANQUE PP 1.600 LITROS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317019", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317019", "APROX. 500 UN. CAPACITORES MARCA WEG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317012", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317012", "SIDE FEEDER")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317013", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317013", "03 UN. DISJUNTORES MARCA GE ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317014", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317014", "SILO EM AÇO INOX COM VALVULA  - SEM USO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317015", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317015", "MOTOBOMBA DE ENGRENAGEM 20CV ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317016", "047")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317016", "INVERSOR SOLAR FOTOVOLTAICO ABB - MOD.PVS-120-TL  - BRANCA - REVISADO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317017", "048")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317017", "1 SILO DE ARMAZENAMENTO 50M³,   1 ELEVADOR DE CANECA, 1 SILO DE SECAR MACADAMIA, 1 RISCA TRANSPORTADORA E 1 DESPELADOR ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318463", "049")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318463", "07 UN. - TANQUES DE GALVANOPLASTIA  - MEDIDAS DIVERSAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318464", "050")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318464", "01 UN. TIFOR 5TON. COM 50 METROS DE CABO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318466", "051")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318466", "01 UN. CAÇAMBA DE LIXO  - PARA CAMINHÃO 3/4")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318465", "052")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318465", "01 UN. CAÇAMBA DE LIXO  - PARA CAMINHÃO 3/4")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318467", "053")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/318467", "01 UN. GERADOR STEMAC 80 KVA - MOTOR MWM")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>