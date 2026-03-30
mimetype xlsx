--- v0 (2026-01-26)
+++ v1 (2026-03-30)
@@ -269,1727 +269,1515 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317068", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317068", "TRATOR VALTRA  BH 210 ANO 2014 - BARRAMENTO HIDRAULICO- APROX. 3.800 hrs - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317060", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317060", "[ VÍDEO ] PÁ CARREGADEIRA CASE  MOD.W20 ANO 1990 -AR CONDICIONADO - PNEUS BONS - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317057", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317057", " Grade rome Santa Izabel 16 discos com comando cor azul")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317037", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317037", " Arado 3 discos com comando duplo dois pistões Santa Izabel")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317036", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317036", " Roçadeira de arrasto roda de ferro vermelha")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317078", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317078", "CARRETÃO 4 RODAS CAPAC. 5 TON")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317079", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317079", "CARRETÃO 4 RODAS CAPAC.  7 TON")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317067", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317067", "PULVERIZADOR JACTO CONDOR - BARRAS 12 METROS, BOMBA 3 PISTÕES - ANO 2010 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317064", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317064", "DISTRIBUIDOR DE ADUBO LELIS 600KG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317039", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317039", " Tanque distribuidor de esterco líquido IAC 6.000 litros com bomba cor verde")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317038", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317038", " Subsolador Stara 7 hastes")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317040", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317040", " Distribuidor de calcário 5500 kg IAC. Esteira dupla. Aprox. 80 cm rodado tanden, cor azul")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317080", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317080", "TRITON JUMIL ANO 2018  5 METROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317065", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317065", "ARADO CANAVIEIRO SANTA IZABEL 4 DISCOS 3 PISTOES")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317031", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317031", " Pulverizador Jacto de turbina")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317041", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317041", " Distribuidor de calcário Lancer Jan 6.000 kg, esteira dupla aproximadamente 77 cm, rodado tanden, cor vermelho")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317042", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317042", " Pulverizador de barras Berthoud -")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317043", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317043", " Pulverizador de barras Montana")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317034", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317034", " Tanque para diesel 6.000 litros")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317074", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317074", "ENXADA ROTATIVA HOWARD CH3000")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317028", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317028", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317032", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317032", " Furgão Altura 2,10 Largura 1,80 Comprimento 3,04")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317033", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317033", " Arado 3 discos Tatu")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317030", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317030", " Arado 3 discos Massey Ferguson")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317044", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317044", "[ VÍDEO ] Trator CASE 290 ano 2013. Funcionando")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317069", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317069", "03 IMPLEMENTOS ; PLATADEIRA FANKHAUSER, ENLEIRADOR DE PALHA E CHASSI DE CARRETA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317045", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317045", "[ VÍDEOS ] Trator John Deere 7715 ano 2010. Operacional")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317061", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317061", " TRATOR MASSEY FERGUNSON MOD. 275 ANO 2000 - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317070", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317070", "TRITURADOR DE CANA E MILHO, SEM MARCA ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317046", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317046", " Trator CASE 180 ano 2013. Operacional")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317071", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317071", "ENSILADEIRA MARCA MENTA MIT SUPER 20 - PARA CANA E MILHO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317072", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317072", "FORRAGEIRA PENHA MASTER 50")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317035", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317035", " Rolo compactador")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317029", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317029", " Caçamba coletora de lixo Vemaq")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317063", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317063", " TRATOR NEW HOLLAND MOD. 7630 ANO 2008 - PNEU BALÃO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317047", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317047", " Adubador de café Kamaq verde")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317048", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317048", " Arado 4 discos chassis redondo vermelho")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317049", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317049", " 2 Semeadeiras de trigo Jumil 7 linhas vermelha")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317050", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317050", " Ruador de café cinza")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317051", "048")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317051", " Concha 1,20 x 0,70 cm vermelha")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317052", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317052", " Roçadeira lateral vermelha")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317062", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317062", " TRATOR MASSEY FERGUNSON MOD. 292 ANO 2008 - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317066", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317066", "ARADO CANAVIEIRO SANTA IZABEL 4 DISCOS 3 PISTOES")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317053", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317053", " Distribuidor de calcário IPACOL  5.500 kg esteira simples aproximadamente 58 cm rodado tanden, cor vermelho")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317054", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317054", " Roçadeira de arrasto roda de ferro")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317055", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317055", " Roçadeira de arrasto roda de ferro")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317056", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317056", " TANQUE COM CHASSI")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317058", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317058", "04 PEÇAS - AUMENTO DA RODA DIANTEIRA P/ TRATORES CASE PUMA E NHT7")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317073", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317073", "GRADE ARADORA INTERMEDIÁRIA SUPER TATU AMARELA 18X28 ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317075", "058")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317075", "PRENSA HIDRÁULICA MANUAL 60 TON. ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317059", "059")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317059", "GRADE NIVELADORA COM COMANDO TATU 48X20")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317076", "060")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317076", "CONCHA STARA PAD 500 ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317077", "061")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317077", "ROÇADEIRA AGRÍCOLA TATU 1,70M LARGURA MOD. RC2/1500 ANO 2007")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>