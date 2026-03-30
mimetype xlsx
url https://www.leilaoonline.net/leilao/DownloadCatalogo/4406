--- v0 (2026-01-26)
+++ v1 (2026-03-30)
@@ -269,1279 +269,1123 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317428", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317428", "veja o vídeo!! I/TOYOTA HILUX CD4X2 SR; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317410", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317410", "veja o vídeo!! HONDA/CITY EXL; 2022/2023; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE APROX.: R$ 106.766,00")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317411", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317411", "veja o video!! IMP/IVECOFIAT D T3510VB1; 1999/1999; COR BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317873", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317873", "veja o vídeo!! VW/FUSCA 1300; 1968/1968; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317425", "015")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317425", "veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2022/2023; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>50.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317874", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317874", "CAMINHÃO I/JMC N900 CONVAY; 2011/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317432", "020")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317432", "veja o vídeo!! MMC/ASX GLS 2WD; 2019/2020; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317960", "023")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317960", "JEEP/COMPASS TRAILHAWK D; 2017/2018; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>51.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317440", "025")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317440", "RENAULT/SANDERO DYNA 16R; 2015/2015; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317436", "027")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317436", "veja o vídeo!! I/AUDI A5 SPB 170CV; ANO 2015/2015; COR CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317439", "030")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317439", "I/HYUNDAI SANTAFE GLS V6; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317422", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317422", "HONDA/FIT LX CVT; 2015/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317423", "035")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317423", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2014/2014; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317441", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317441", "veja o vídeo!! I/FORD EDGE V6 FWD; 2014/2014; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317433", "043")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317433", "veja o vídeo!! VW/VOYAGE CL 1.8; 1994/1995; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317417", "045")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317417", "veja o vídeo!! CHEV/TRACKER T A; 2020/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317427", "047")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317427", "HONDA/CB 300R; 2009/2010; AMARELA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317421", "050")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317421", "veja o vídeo!! CITROEN/AIRCROSS LIVE MT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317426", "055")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317426", "veja o vídeo!! GM/CELTA 2P LIFE; 2004/2005; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317409", "060")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317409", "veja o vídeo!! I/FORD RANGER LTDPCD3D4A; 2024/2024; CINZA; DIESEL - FUNC. - FIPE APROX.: R$ 292.500,00")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317429", "065")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317429", "veja o vídeo!! YAMAHA/MT09 ABS; 2020/2021; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317416", "067")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317416", "I/AUDI A5 SPB 2.0 TFSI; 2023/2024; CINZA; GASOLINA - FUNCIONANDO - FIPE APROX.: R$ 302.944,00")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317415", "070")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317415", "VW/PARATI GL 1.8; 1994/1994; AZUL; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317418", "075")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317418", "veja o vídeo!! GM/VECTRA MILENIUM; 2001/2001; PRATA; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317435", "080")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317435", "veja o vídeo!! IVECOFIAT/DAILY3510 VAN1; 2002/2003; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317442", "085")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317442", "PEUGEOT/208 GRIFFE A; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317431", "090")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317431", "CAMINHÃO FORD/F4000; ANO 1977/1977; COR AZUL; COMB. DIESEL; C/ PRANCHA ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317414", "095")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317414", "veja o vídeo!! CHEV/PRISMA 1.4MT LT; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317420", "100")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317420", "FORD/ECOSPORT XLS1.6FLEX; 2006/2006; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317434", "105")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317434", "I/NISSAN SENTRA S; 2007/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317430", "110")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317430", "GURGEL/BR 800; 1991/1991; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317412", "115")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317412", "veja o vídeo!! FIAT/TORO VOLCANO AT D4; 2018/2019; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>68.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317408", "120")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317408", "veja o vídeo!! I/RENAULT FLUENCE DYN PL; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317407", "125")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317407", "veja o vídeo!! I/BMW 320I; 2019/2020; PRETA; GASOLINA - FUNCIONANDO - FIPE APROX.: R$ 202.820,00")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>116.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317413", "130")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317413", "veja o vídeo!! CHEVROLET/CRUZE LT NB; 2012/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317419", "135")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317419", "IMP/SUZUKI VITARA; 1993/1994; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317424", "140")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317424", "veja o vídeo!! FIAT/UNO VIVACE 1.0; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317438", "145")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317438", "FIAT/IDEA ESSENCE 1.6; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...799 lines deleted...]
-      <c r="E36" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
-      <c r="F36" s="4" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317437", "155")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/317437", "FIAT/DUCATO COMBINATO; ANO 2001; SUCATA - FIM DE VIDA ÚTIL, SEM DIREITO A DOCUMENTO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>