--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -142,51 +142,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F139"/>
+  <dimension ref="A1:F134"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>LEILÃO ONLINE.NET</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
@@ -281,4162 +281,4002 @@
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t> FORD/ ECOESPORT 2.0 STORM 4WD AUTOMATICO - ANO/MOD.: 2020/2021 - DIRECT FLEX - PLACA: FINAL 3 - BRANCO - Kilometragem: 42.060 - IPVA 2026: R$3.000,00  por conta do comprador e devera ser pago junto com o lote. </t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>86.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t> AUDI/ A3 LM220cv  - GASOLINA - ANO/MOD.: 2019/2019Placa: final 2 - Atenção :veiculo recuperado de sinistro IPVA 2026: R$6.000,00  por conta do comprador e devera ser pago junto com o lote</t>
         </is>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>132.500,00</t>
+          <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t> Torno Mecânico Marca: Imor- Modelo: PRN320 - Acompanha: Placa, contraponto e 2 lunetas12 velocidades - Tem avanço automático no carro e no carro transversal - Voltagem 220V Trifásico, podendo mudar para 380V - Funcionando</t>
         </is>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>28.000,00</t>
+          <t>24.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t> Lote com:  7 placas para torno</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t> Impressora Off Set CATU - com bomba PAEM</t>
+          <t> Transportador de Cavacos - Sem uso - Marca: TCA - Modelo: TC Arrastre P38 Cobsen Hennig</t>
         </is>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>3.700,00</t>
+          <t>17.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t> Transportador de Cavacos - Sem uso - Marca: TCA - Modelo: TC Arrastre P38 Cobsen Hennig</t>
+          <t> Injetora de Plastico - Marca: RomiModelo: Primax 65R - Ano: 1996 - Funcionando</t>
         </is>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>18.500,00</t>
+          <t>32.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t> Injetora de Plastico - Marca: RomiModelo: Primax 65R - Ano: 1996</t>
+          <t> Alimentador de Barras Automatico - Marca: IENCA - Modelo: Vip 80E - Ano: 2005</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>32.000,00</t>
+          <t>19.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t> Alimentador de Barras Automatico - Marca: IENCA - Modelo: Vip 80E - Ano: 2005</t>
+          <t> Empilhadeira eletrica - Marca: Paletrans - Modelo: PT1616 - Capacidade maxima: 1600Kg - Com Bateria - Funcionando</t>
         </is>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>18.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t> Empilhadeira eletrica - Marca: Paletrans - Modelo: PT1616 - Capacidade maxima: 1600Kg - Com Bateria - Funcionando</t>
+          <t> Torno Mecânico Marca: Imor- Modelo: PRN320 - Acompanha: Placa, contraponto e 2 lunetas - 12 velocidades - Tem avanço automático no carro e no carro transversal - Voltagem 220V Trifásico, podendo mudar para 380V - Funcionando</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>23.000,00</t>
+          <t>24.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t> Torno Mecânico Marca: Imor- Modelo: PRN320 - Acompanha: Placa, contraponto e 2 lunetas - 12 velocidades - Tem avanço automático no carro e no carro transversal - Voltagem 220V Trifásico, podendo mudar para 380V - Funcionando</t>
+          <t> Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>25.000,00</t>
+          <t>540,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t> Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
+          <t> Lote com: 03 unid. - Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
         </is>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>540,00</t>
+          <t>1.620,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 03 unid. - Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
+          <t> Lote com: 05 unid. - Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
         </is>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>1.620,00</t>
+          <t>2.700,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 05 unid. - Filtro de ar Marca: PERKINS -Modelo: CH11396 - Original, com selo holografico - Sem uso</t>
+          <t> Torno Automatico CNC - Marca: Ergomat - Ano: 2008 - Modelo: TND 250 com barramento inclinado - CNC FANUC - Acompanha Transportador de cavacos - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>2.700,00</t>
+          <t>175.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>15</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t> Torno Automatico CNC - Marca: Ergomat - Ano: 2008 - Modelo: TND 250 com barramento inclinado - CNC FANUC - Acompanha Transportador de cavacos - FUNCIONANDO</t>
+          <t> Moinho picotador - Marca:  Seibt - Modelo: 4/85  - com faca rotativa</t>
         </is>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>190.000,00</t>
+          <t>2.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t> Moinho picotador - Marca:  Seibt - Modelo: 4/85  - com faca rotativa</t>
+          <t> Bomba Injetora de Contraste - Marca: Angiomat - Modelo: 6000</t>
         </is>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>4.200,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t> Bomba Injetora de Contraste - Marca: Angiomat - Modelo: 6000</t>
+          <t> Cabeçote para fundo e beira lateral - Marca: Polimaquinas  - Modelo: 700 - Sem uso</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>9.000,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>18</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t> Cabeçote para fundo e beira lateral - Marca: Polimaquinas  - Modelo: 700 - Sem uso</t>
+          <t> Serra para aço CN - Marca: Marvel -Area de passagem 380mm - inclinavel 60º -Controlador SIEMENS -Tela PC3 - Control Screen -Com manual e diagramas eletricos-Sistema de "morsa" duplo para prender as peças</t>
         </is>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>8.000,00</t>
+          <t>35.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>19</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t> Serra para aço CN - Marca: Marvel -Area de passagem 380mm - inclinavel 60º -Controlador SIEMENS -Tela PC3 - Control Screen -Com manual e diagramas eletricos-Sistema de "morsa" duplo para prender as peças</t>
+          <t> Maromba / Extrusora / Maquina para fabricação de tijolos, ceramica, etc</t>
         </is>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>39.900,00</t>
+          <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t> Maromba / Extrusora / Maquina para fabricação de tijolos, ceramica, etc</t>
+          <t> Picotadeira para Papel - Marca: EBA - Modelo: 6040S -Uso industrial, picota grande quantidade de papel com eficiencia.</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>29.500,00</t>
+          <t>13.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t> Picotadeira para Papel - Marca: EBA - Modelo: 6040S -Uso industrial, picota grande quantidade de papel com eficiencia.</t>
+          <t> Lote com: 10 unid. - Luminaria para area externa 250/400W - Marca: OZLI - Modelo: G36573</t>
         </is>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>18.000,00</t>
+          <t>550,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 1.000 Kg - Dolomita Micronizada (Carbonato de Cálcio e Magnésio) -COM LAUDO - sacos de 25kg</t>
+          <t> Lote com: 2.000 unid. - valvula para Aerosol  - Marca SUMMIT </t>
         </is>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>26</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 5.000 Kg - Dolomita Micronizada (Carbonato de Cálcio e Magnésio) -COM LAUDO - sacos de 25kg</t>
+          <t> Lote com: 5.000 unid. - valvula para Aerosol  - Marca SUMMIT </t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10.000 Kg - Dolomita Micronizada (Carbonato de Cálcio e Magnésio) -COM LAUDO - sacos de 25kg</t>
+          <t> Lote com: 3.000 unid. Tampa para aerosol - Cor Pink - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
         </is>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 unid. - Luminaria para area externa 250/400W - Marca: OZLI - Modelo: G36573</t>
+          <t> Lote com: 6.000 unid - Tampa para aerosol - Cor Pink -Marca: SUMMIT -Composto de botão atuador bloqueio de onda com trava</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>550,00</t>
+          <t>3.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 2.000 unid. - valvula para Aerosol  - Marca SUMMIT </t>
+          <t> Lote com: 3.000 unid. - Tampa para aerosol - Cor Vermelha -Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>30</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 5.000 unid. - valvula para Aerosol  - Marca SUMMIT </t>
+          <t> Lote com: 6.000 unid. - Tampa para aerosol - Cor Vermelha - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
         </is>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>31</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 3.000 unid. Tampa para aerosol - Cor Pink - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
+          <t> Lote com: 6.000 unid. Conjunto de tampa e valvula para aerosol - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava -Nas cores vermelho ou rosa -Itens na caixa original</t>
         </is>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 6.000 unid - Tampa para aerosol - Cor Pink -Marca: SUMMIT -Composto de botão atuador bloqueio de onda com trava</t>
+          <t> Lote com: 12.000 unid. Conjunto de tampa e valvula para aerosol - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava -Nas cores vermelho ou rosa -Itens na caixa original</t>
         </is>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>35</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 3.000 unid. - Tampa para aerosol - Cor Vermelha -Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
+          <t> Desempenadeira para Madeira -  Marca: Omil - Modelo: DES 320 - Sem uso - Funcionando</t>
         </is>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>8.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 6.000 unid. - Tampa para aerosol - Cor Vermelha - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava</t>
+          <t> Tupia BALDAN - Mod.: TU-4 - 3 velocidades: 1.300/6.000/10.000 RPM -950x700mm - FUNCIONANDO</t>
         </is>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>3.000,00</t>
+          <t>7.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 6.000 unid. Conjunto de tampa e valvula para aerosol - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava -Nas cores vermelho ou rosa -Itens na caixa original</t>
+          <t> Tupia INVICTA - Modelo: TMC-13 -6.000/ 8.000/ 10.000</t>
         </is>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>9.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>38</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 12.000 unid. Conjunto de tampa e valvula para aerosol - Marca: SUMMIT - Composto de botão atuador bloqueio de onda com trava -Nas cores vermelho ou rosa -Itens na caixa original</t>
+          <t> Projetor de perfil  - Marca: Nikon -Modelo: Shadowgraph 6cl -Funcionando</t>
         </is>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>12.000,00</t>
+          <t>10.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t> Posicionador de Frascos -Marca: Hoppmann -Modelo: WE4022RDY A -Equipamento com esteira transportadora -Estrutura em INOX</t>
+          <t> Controlador de potencia 60A</t>
         </is>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t> Tamponadeira Dupla Automatica -Marca: Optima - Estrutura em Inox</t>
+          <t> Controlador de pontecia 100A</t>
         </is>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>10.000,00</t>
+          <t>2.200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t> Desempenadeira para Madeira -  Marca: Omil - Modelo: DES 320 - Sem uso </t>
+          <t> Controlador de potencia 60A</t>
         </is>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>9.800,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t> Tupia BALDAN - Mod.: TU-4 - 3 velocidades: 1.300/6.000/10.000 RPM -950x700mm - FUNCIONANDO</t>
+          <t> Controlador de pontecia 100A</t>
         </is>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>8.500,00</t>
+          <t>2.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t> Tupia INVICTA - Modelo: TMC-13 -6.000/ 8.000/ 10.000</t>
+          <t> Master - Marca: PolyOne - Aproximadamente 350Kg -Prod. Code: CC101214455BG</t>
         </is>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>11.000,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>44</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t> Projetor de perfil  - Marca: Nikon -Modelo: Shadowgraph 6cl -Funcionando</t>
+          <t> Master - Marca: PolyOne - Aproximadamente 351Kg -Prod. Code: CC10117941BG</t>
         </is>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>12.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t> Controlador de potencia 60A</t>
+          <t> Lote com : Master - Marca:AgilColor - Aproximadamente 68Kg -Dust Free TXT BK F021 PRETO - Codigo: 8.921-Master - Marca:  AgilColor - Aproximadamente 55Kg-Dust Free TXT WH F010 BRANCO-Codigo:8.F010-Master - Marca: PolyOne - Aproximadamente 50Kg-Codigo: CC10066364BG-</t>
         </is>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t> Controlador de pontecia 100A</t>
+          <t> Master - Marca: PolyOne - Aproximadamente 388Kg -Codigo: CC10121449BG</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>2.900,00</t>
+          <t>860,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t> Controlador de potencia 60A</t>
+          <t> Master -Marca: Daicolor - Aproximadamente 173Kg -Codigo: FDM14110 ROSA ATC</t>
         </is>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>48</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t> Controlador de pontecia 100A</t>
+          <t> Master - Marca: PolyOne - Aproximadamente 525Kg -Codigo: CC10066362BG</t>
         </is>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>2.900,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>49</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t> Master - Marca: PolyOne - Aproximadamente 350Kg -Prod. Code: CC101214455BG</t>
+          <t> Lote com: Master - Marca: Clariant P&amp;C - Aproximadamente 68Kg Codigo: NBRAB12020 - Renol - VERMELHO 13050 Master - Marca: Daicolor - Aproximadamente 57Kg Codigo: BFM 14293 ROXO ATC Master - Marca: PolyOne - Aproximadamente 125Kg Codigo: CC10116037BG</t>
         </is>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>50</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t> Master - Marca: PolyOne - Aproximadamente 351Kg -Prod. Code: CC10117941BG</t>
+          <t> Placa Solar - Kit para Energia Solar - Marca: SMA Sunny Boy - Modelo: Q Cells- 01 Equipamento Gerador de energia solar fotovoltaico 4,38KWP -12 Paineis Voltaicos de 365W QCells, Medida de 1,95 x 1m -01 Inversor SMA Sunny Boy SB4 - 0 AV-40 -01 Caixa Sting Box Famatel SB - 1E/2E -15-1000 DC com cabo</t>
         </is>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>51</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t> Lote com : Master - Marca:AgilColor - Aproximadamente 68Kg -Dust Free TXT BK F021 PRETO - Codigo: 8.921-Master - Marca:  AgilColor - Aproximadamente 55Kg-Dust Free TXT WH F010 BRANCO-Codigo:8.F010-Master - Marca: PolyOne - Aproximadamente 50Kg-Codigo: CC10066364BG-</t>
+          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>52</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t> Master - Marca: PolyOne - Aproximadamente 388Kg -Codigo: CC10121449BG</t>
+          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
         </is>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>860,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t> Master -Marca: Daicolor - Aproximadamente 173Kg -Codigo: FDM14110 ROSA ATC</t>
+          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
         </is>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>54</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t> Master - Marca: PolyOne - Aproximadamente 525Kg -Codigo: CC10066362BG</t>
+          <t> Lote com: 04 tambores - Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - </t>
         </is>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>6.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t> Lote com: Master - Marca: Clariant P&amp;C - Aproximadamente 68Kg Codigo: NBRAB12020 - Renol - VERMELHO 13050 Master - Marca: Daicolor - Aproximadamente 57Kg Codigo: BFM 14293 ROXO ATC Master - Marca: PolyOne - Aproximadamente 125Kg Codigo: CC10116037BG</t>
+          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
         </is>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>57</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t> Placa Solar - Kit para Energia Solar - Marca: SMA Sunny Boy - Modelo: Q Cells- 01 Equipamento Gerador de energia solar fotovoltaico 4,38KWP -12 Paineis Voltaicos de 365W QCells, Medida de 1,95 x 1m -01 Inversor SMA Sunny Boy SB4 - 0 AV-40 -01 Caixa Sting Box Famatel SB - 1E/2E -15-1000 DC com cabo</t>
+          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
         </is>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>58</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
+          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
         </is>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>59</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
+          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
         </is>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>60</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t> Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - Quantidade 1 tambor</t>
+          <t> Lote com: 40 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
         </is>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>1.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>61</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 04 tambores - Peneira molecular - Marca:  Pingxiang Petrochemical Packing -Material Sem uso - Tambor 153 Kg - </t>
+          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
         </is>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>6.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t> Compressor de Ar -Marca: Ingersoll Rand -Modelo: IRN125HOF -Motor: 125 cv -</t>
+          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
         </is>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>23.000,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>63</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
+          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
         </is>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
+          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
         </is>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>65</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
+          <t> Lote com: 100kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
         </is>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
+          <t> Paleteira Eletrica -Marca: Paletrans - Modelo: TE18 -Bateria inclusa e revisada -Controle pratico de velocidade -Operação de subida e descida manual -Emergência contra impacto e/ou esmagamento -Buzina -FUNCIONANDO</t>
         </is>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>250,00</t>
+          <t>12.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 40 kg de Bastões de cola quente - Marca: Ksticks-Colquimica -Diâmetro aprox: 11mm - Comprimento aprox.: 30cm -Cor: Branca </t>
+          <t> Hidrolavadora de alta pressão -Marca: Somar- Modelo: HU3401 -400PSI - vasão de 1,5m³/h -Sem uso</t>
         </is>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>6.800,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>68</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
+          <t> Lote com: 02 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
         </is>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>390,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>69</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
+          <t> Lote com: 02 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
         </is>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>390,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
+          <t> Lote com: 10 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
         </is>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>1.900,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>71</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 25kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
+          <t> Lote com: 25 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
         </is>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>650,00</t>
+          <t>4.700,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 100kg de Bastões de cola quente - Marca: Buhnen (origem Alemã)Diâmetro aprox: 11mm - Comprimento aprox.: 30cmCor: Branca </t>
+          <t> Lote com 06 peças : Chipeiras -1 unidade Marca: KHOMP - Modelo EBS - E1 Configuração SPX 300 -5 unidades EBS - GSM Configuração 160 -Quantidade de portas FXS: 16 -Quantidade de portas FXO: 16 -Comprimento x Altura x Largura: 60 cm x 15 cm x 35 cm</t>
         </is>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>2.500,00</t>
+          <t>4.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t> Paleteira Eletrica -Marca: Paletrans - Modelo: TE18 -Bateria inclusa e revisada -Controle pratico de velocidade -Operação de subida e descida manual -Emergência contra impacto e/ou esmagamento -Buzina -FUNCIONANDO</t>
+          <t> Desempeno de Bancada -Medida util de 300 x 215mm -</t>
         </is>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>14.000,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>74</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t> Hidrolavadora de alta pressão -Marca: Somar- Modelo: HU3401 -400PSI - vasão de 1,5m³/h -Sem uso</t>
+          <t> Lote com: 02 Desempeno de Bancada -Medida util de 300 x 215mm -Em aço - Cores diversas</t>
         </is>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>6.800,00</t>
+          <t>400,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
+          <t> Lote com: 03 unid. Desempeno de Bancada -Medida util de 300 x 215mm -Em aço - Cores diversas</t>
         </is>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
-          <t>420,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>76</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
+          <t> Desempeno de Bancada - Medida util de 300 x 215mm</t>
         </is>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>420,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>77</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 10 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
+          <t> Torre para empilhadera -  TOYOTA </t>
         </is>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>2.100,00</t>
+          <t>1.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>78</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 25 Rolos de Arame Galvanizado Liso -Arame BWG 12 -Espessura: 2,76mm -Rolos de 20Kg (aproximadamente 22 metros por Kg)</t>
+          <t> Estabilizador de 40 KVA -Marca: STYLE - Modelo: EIS-40030T -Tensão de entrada: 380 VAC -Tensão de saida: 380/220 VAC -SEM FIAÇÃO</t>
         </is>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>5.000,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>79</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t> Lote com 06 peças : Chipeiras -1 unidade Marca: KHOMP - Modelo EBS - E1 Configuração SPX 300 -5 unidades EBS - GSM Configuração 160 -Quantidade de portas FXS: 16 -Quantidade de portas FXO: 16 -Comprimento x Altura x Largura: 60 cm x 15 cm x 35 cm</t>
+          <t> Estabilizador de 30 KVA -Marca: STYLE - Modelo: EIS-30030T -Tensão de entrada: 380 VAC -Tensão de saida: 380/220 VAC -SEM FIAÇÃO</t>
         </is>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>2.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>80</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t> Desempeno de Bancada -Medida util de 300 x 215mm -</t>
+          <t> Conjunto para Envase Semi automtico em Inox -  1 Envasadora para liquidos (envase  de volunes de diferentes graduações) -  e 1  seladora com três matrizes para diferentes tamanhos.</t>
         </is>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>3.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>74</t>
+          <t>81</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Desempeno de Bancada -Medida util de 300 x 215mm -Em aço - Cores diversas</t>
+          <t> Ensacadeira/empacotadeira automatica para BigBag - Marca: EMBRASACK -Necessita de manutenção no CLP</t>
         </is>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>400,00</t>
+          <t>9.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>83</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Desempeno de Bancada -Medida util de 300 x 215mm -Em aço - Cores diversas</t>
+          <t> Lote com: 07 unid. De Garrafão de 5 litros</t>
         </is>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>105,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>84</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t> Desempeno de Bancada - Medida util de 300 x 215mm</t>
+          <t> Sucata de cilindro de gas Veicular ( data de validade vencida)</t>
         </is>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t> Torre para empilhadera -  TOYOTA </t>
+          <t> Rosca 150mm</t>
         </is>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>1.900,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>88</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t> Estabilizador de 40 KVA -Marca: STYLE - Modelo: EIS-40030T -Tensão de entrada: 380 VAC -Tensão de saida: 380/220 VAC -SEM FIAÇÃO</t>
+          <t> Rosca 60mm de diametro - 60x1530mm</t>
         </is>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>1.350,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t> Estabilizador de 30 KVA -Marca: STYLE - Modelo: EIS-30030T -Tensão de entrada: 380 VAC -Tensão de saida: 380/220 VAC -SEM FIAÇÃO</t>
+          <t> Cilindro 50mm de diametro - Sem Uso</t>
         </is>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>2.000,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t> Conjunto para Envase Semi automtico em Inox -  1 Envasadora para liquidos (envase  de volunes de diferentes graduações) -  e 1  seladora com três matrizes para diferentes tamanhos.</t>
+          <t> Cilindro 60mm de diametro - Sem uso</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>91</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t> Ensacadeira/empacotadeira automatica para BigBag - Marca: EMBRASACK -Necessita de manutenção no CLP</t>
+          <t> Cilindro 50mm de diametro - Sem uso </t>
         </is>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>9.500,00</t>
+          <t>6.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>92</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t> Forno de secagem e reativação -Marca: SAZI -  Modelo: Turbo 742</t>
+          <t> Lote com: 02 Pneus Continental 225/40 R18 </t>
         </is>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>1.100,00</t>
+          <t>150,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>93</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 07 unid. De Garrafão de 5 litros</t>
+          <t> Roda de Audi (Audi 2019 Performance)  - precisa de reparo</t>
         </is>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>105,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>84</t>
+          <t>94</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t> Sucata de cilindro de gas Veicular ( data de validade vencida)</t>
+          <t> Lote com: 02 unid. Morsa para tubos 2"</t>
         </is>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>300,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t> Rosca 150mm</t>
+          <t> Lote com: 02 unid.  Morsa para tubos 2"</t>
         </is>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>96</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t> Rosca 120mm x 3,30metros - extrusão - Rosca de material CHALOY - Para Poliuretano</t>
+          <t> Lote com: 02 unid.  Morsa para tubos 4"</t>
         </is>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
-          <t>9.800,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>97</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t> Rosca 120mm x 3,30metros - extrusão - Rosca de material CHALOY - Para Nylon</t>
+          <t> Lote com: 02 unid. Tripé vermelho</t>
         </is>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
-          <t>9.800,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t> Rosca 60mm de diametro - 60x1530mm</t>
+          <t> Durometro de bancada - Marca:  Digimess - Com acessorios - Sem uso</t>
         </is>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>1.350,00</t>
+          <t>8.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t> Cilindro 50mm de diametro - Sem Uso</t>
+          <t> Disjuntor laranja - sucata</t>
         </is>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t> Cilindro 60mm de diametro - Sem uso</t>
+          <t> Lote de matrizes para extrusora CARNEVALE 40mm</t>
         </is>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>7.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>101</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t> Cilindro 50mm de diametro - Sem uso </t>
+          <t> Destilador de Nitrogenio - Marca: Marconi - Modelo: MA033 - 220V - 1600W</t>
         </is>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
-          <t>6.500,00</t>
+          <t>900,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>102</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 Pneus Continental 225/40 R18 </t>
+          <t> Caixa de Macho Para Maquina - Ponta Helicoidal M 3,00x 0,500 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
         </is>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
-          <t>150,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t> Roda de Audi (Audi 2019 Performance)  - precisa de reparo</t>
+          <t> Caixa de Macho Manual nº6 x 32 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
         </is>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>104</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 unid. Morsa para tubos 2"</t>
+          <t> Caixa de Macho  Laminador M 5,00 x 0,80 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
         </is>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 unid.  Morsa para tubos 2"</t>
+          <t> Conjunto de ferramentas para dobrar tubos - Composto por 3 ferramentas de diversos tamanho - Sem uso </t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>106</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 unid.  Morsa para tubos 4"</t>
+          <t> Conjunto de ferramentas para dobrar tubos - Composto por 3 ferramentas de diversos tamanho - Sem uso </t>
         </is>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>107</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 unid. Tripé vermelho</t>
+          <t> Estabilizador  de tensão Marca AM - Amplimag - Modelo: Robo 1 - Potencia: 15KVA - Entrada: 220v - Saida: 200/115/ com defeito</t>
         </is>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
-          <t>600,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>108</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t> Durometro de bancada - Marca:  Digimess - Com acessorios - Sem uso</t>
+          <t> Giro Flex/ Barra de led para veiculo - Sem uso</t>
         </is>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
-          <t>8.500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>109</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
-          <t> Disjuntor laranja - sucata</t>
+          <t> Giro Flex/ Barra de led para veiculo - Sem uso </t>
         </is>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>110</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
-          <t> Lote de matrizes para extrusora CARNEVALE 40mm</t>
+          <t> Mangueira de sucção de 3 polegadas  de diametro por 10 metros de largura. </t>
         </is>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
-          <t>7.500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>111</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
-          <t> Destilador de Nitrogenio - Marca: Marconi - Modelo: MA033 - 220V - 1600W</t>
+          <t> Mangueira de sucção de 3 polegadas  de diametro por 10 metros de largura. </t>
         </is>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
-          <t>900,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>112</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
-          <t> Caixa de Macho Para Maquina - Ponta Helicoidal M 3,00x 0,500 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
+          <t> Lote com: 2.000 unid de Micro transponder</t>
         </is>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>180,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>113</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t> Caixa de Macho Manual nº6 x 32 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
+          <t> Lote com: 05 unid. De Rodas de plastico com freio: 4 completas  com freio e uma só a roda. - Sem uso</t>
         </is>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>450,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>114</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
-          <t> Caixa de Macho  Laminador M 5,00 x 0,80 - Lote com 10 caixas, cada caixa tem 10 machos.</t>
+          <t> Lote com: 90 unid. De Pás para ventilação - Aprox. 25cm</t>
         </is>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t> Conjunto de ferramentas para dobrar tubos - Composto por 3 ferramentas de diversos tamanho - Sem uso </t>
+          <t> Ferramentas para relojoaria </t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>116</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
-          <t> Conjunto de ferramentas para dobrar tubos - Composto por 3 ferramentas de diversos tamanho - Sem uso </t>
+          <t> Bomba hidraulica manual Lukas - Sem uso </t>
         </is>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
-          <t> Estabilizador  de tensão Marca AM - Amplimag - Modelo: Robo 1 - Potencia: 15KVA - Entrada: 220v - Saida: 200/115/ com defeito</t>
+          <t> Bomba hidraulica manual Lukas - Sem uso </t>
         </is>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t> Giro Flex/ Barra de led para veiculo - Sem uso</t>
+          <t> Borracha Viton - GF200S - Fluoroelastomer - CHEMOURS - 2 caixas com 25Kg cada uma</t>
         </is>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>4.500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>119</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
-          <t> Giro Flex/ Barra de led para veiculo - Sem uso </t>
+          <t> Estufa de chão com painel (Bateria de Extração 188) - Marca: Marconi </t>
         </is>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t> Manguera de sucção de 3 polegadas  de diametro por 10 metros de largura. </t>
+          <t> Cofre com movel removivel -Interna com prateleiras, -Tamanho:  altura: 100cm x largura: 53cm x Comp: 46cm -Sem senha, com defeito</t>
         </is>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t> Manguera de sucção de 3 polegadas  de diametro por 10 metros de largura. </t>
+          <t> Bomba  - Marca:  Dancor - DS 56-40 T 2p SIC - 3cv 200v - Sem uso</t>
         </is>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>2.400,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>122</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 2.000 unid de Micro transponder</t>
+          <t> Lote com: 02 unid de Isolador Polimerico Para Alta Tensão - 138 Kv eficas.Modelo: EAP - Classe de Tensao 138 Kv eficaz -N de saias - 39-45 -Comprimento 'L" -1405-1570 -Distancia de Escoamento ( mm ) 4645- 5345mm -Distancia de Arco - 1105-1270mm -Peso unitario 5,9- 6,5kg</t>
         </is>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>123</t>
         </is>
       </c>
       <c r="B123" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 05 unid. De Rodas de plastico com freio: 4 completas  com freio e uma só a roda. - Sem uso</t>
+          <t> Lote com: 03 unid. Isolador Polimerico Para Alta Tensão - 138 Kv eficas.Modelo: EAPClasse de Tensao 138 Kv eficazN de saias - 39-45Comprimento 'L" -1405-1570Distancia de Escoamento ( mm ) 4645- 5345mmDistancia de Arco - 1105-1270mmPeso unitario 5,9- 6,5kg</t>
         </is>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
-          <t>450,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
-          <t>114</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B124" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 90 unid. De Pás para ventilação - Aprox. 25cm</t>
+          <t> Computador Apple- A1311 - sem formatação</t>
         </is>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
-          <t>200,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B125" s="4" t="inlineStr">
         <is>
-          <t> Ferramentas para relojoaria </t>
+          <t> Computador apple - A1311 - Sem formatação</t>
         </is>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
-          <t>3.500,00</t>
+          <t>800,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>126</t>
         </is>
       </c>
       <c r="B126" s="4" t="inlineStr">
         <is>
-          <t> Bomba hidraulica manual Lukas - Sem uso </t>
+          <t> Contra peso para empilhadeira TOYOTA</t>
         </is>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B127" s="4" t="inlineStr">
         <is>
-          <t> Bomba hidraulica manual Lukas - Sem uso </t>
+          <t> Mesa vaporisadora </t>
         </is>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
-          <t>800,00</t>
+          <t>500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B128" s="4" t="inlineStr">
         <is>
-          <t> Borracha Viton - GF200S - Fluoroelastomer - CHEMOURS - 2 caixas com 25Kg cada uma</t>
+          <t> Sugador de solda - Sucata</t>
         </is>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
-          <t>5.500,00</t>
+          <t>1.200,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
-          <t>119</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B129" s="4" t="inlineStr">
         <is>
-          <t> Estufa de chão com painel (Bateria de Extração 188) - Marca: Marconi </t>
+          <t> Carrinho com rodas - Medida: altura: 112cm / Comprimento: 100cm / largura: 50cm</t>
         </is>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
-          <t>1.200,00</t>
+          <t>350,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t> Cofre com movel removivel -Interna com prateleiras, -Tamanho:  altura: 100cm x largura: 53cm x Comp: 46cm -Sem senha, com defeito</t>
+          <t>Computador Apple - Modelo: A1311 - Sem formatação</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="5" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B131" s="4" t="inlineStr">
         <is>
-          <t> Bomba  - Marca:  Dancor - DS 56-40 T 2p SIC - 3cv 200v - Sem uso</t>
+          <t>Computador Apple - Modelo: A1311 - Sem formatação</t>
         </is>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
-          <t>2.400,00</t>
+          <t>700,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>133</t>
         </is>
       </c>
       <c r="B132" s="4" t="inlineStr">
         <is>
-          <t> Lote com: 02 unid de Isolador Polimerico Para Alta Tensão - 138 Kv eficas.Modelo: EAP - Classe de Tensao 138 Kv eficaz -N de saias - 39-45 -Comprimento 'L" -1405-1570 -Distancia de Escoamento ( mm ) 4645- 5345mm -Distancia de Arco - 1105-1270mm -Peso unitario 5,9- 6,5kg</t>
+          <t>Lote com: 10 rolos de corda - 30m cada.</t>
         </is>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
-          <t>500,00</t>
+          <t>300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="5" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B133" s="4" t="inlineStr">
         <is>
-          <t> Isolador Polimerico Para Alta Tensão - 138 Kv eficas.Modelo: EAPClasse de Tensao 138 Kv eficazN de saias - 39-45Comprimento 'L" -1405-1570Distancia de Escoamento ( mm ) 4645- 5345mmDistancia de Arco - 1105-1270mmPeso unitario 5,9- 6,5kg</t>
+          <t>Lote com: 20 rolos de corda - 30m cada.</t>
         </is>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
-          <t>1.000,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="5" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t> Computador Appel </t>
+          <t>Lote com: 20 rolos de corda - 30m cada.</t>
         </is>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
-          <t>Aguardando</t>
+          <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
-          <t>950,00</t>
+          <t>600,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
-          <t>100.00</t>
-[...159 lines deleted...]
-          <t>100.00</t>
+          <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>