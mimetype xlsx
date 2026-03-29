--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17115", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17115", "USINA DE SOLOS PRE- MISTURADOS A FRIO: UCR30E 2 MIST 380 V / 60HZ WANMIX ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>600.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17354", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17354", " CAMINHÃO VOLKSWAGEN 17.250E TRUCADO AT ANO: 2011 PL.: NYP1538 PREFIXO: 210175 CHASSI: 9533N82TBR119912 RENAVAM: 293922691 EQUIP.: USIMECA - BRUTUS 19 M³")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17350", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17350", " CAMINHÃO VOLKSWAGEN 17.250E TRUCADO AT ANO: 2010/2011 PL.: IUC5122 PREFIXO: 210183 CHASSI: 9533N82T3BR119594 RENAVAM: 525131574")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17348", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17348", " TRANSFORMADOR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17353", "012")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17353", " CROMATÓGRAFO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17352", "024")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17352", " THEMAC - COMPACT. CARGA LATERAL PREF.:2081140")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17349", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17349", " EQUIP.LAV.CONTÊINER THEMAC LCL-485 PREF.:2101690")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17355", "026")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17355", " BASCULANTE IDEROL 6 M³ PREF.:1981680")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17351", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17351", " THEMAC - COMPACT. CARGA LATERAL PREF.:2101670")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17347", "028")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17347", " THEMAC - COMPACT. CARGA LATERAL PREF.:2081150")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17356", "029")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17356", " THEMAC - EQUIP LAVA CONTÊINER LCL163 PREF.:2110780")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>