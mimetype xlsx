--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17342", "196")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17342", "AUDI A4; AVANT 1.8 turbo; 2005/2006; GASOLINA; PRATA, (câmbio borboleta; manual do proprietário)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17341", "197")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17341", "CITROEN, C3 GLX 1.6 16V.; 2005/2005; PRETA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17340", "198")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17340", "I/ DODGE JOURNEY SXT; 2009/2010; GASOLINA;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17142", "199")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17142", "CHEVROLET; MONTANA LS; 2011/2012; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17130", "200")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17130", "VW/ GOL GTS; 1988/1988; CINZA; ALCOOL; COMPLETO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17138", "201")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17138", "VW/GOL 1.0 GIV, ANO/MOD 2007/2008, PRATA, ALCO./GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.850,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17137", "202")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17137", "I; SSANGYONG REXTON RX270; 2006/2006; DIESEL; PRATA; (chave reserva; manual do proprietário)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17128", "203")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17128", "CITROEN, C3 120A EXCLUSIV.; 2013/2014; PRETA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17131", "204")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17131", "FORD; FIESTA FLEX; 2013/2014; PRATA; ALCO./GASOL. - APROX. 25.000KM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17134", "205")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17134", "GMC; 6100; 1999/2000; VERMELHA; DIESEL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17193", "206")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17193", "HONDA; CIVIC EXS FLEX (AUTOMATICO); 2007/2007; ALCO/GASOL.; CINZA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>23.750,02</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17314", "207")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17314", "TOYOTA; ETIOS HB X 13L AT; 2016/2017; ALCO/GASOL; PRATA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17315", "208")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17315", "CHEVROLET; SPIN 1.8L AT LTZ; 2017/2018; ALCO./GASOL.; PRETA - APROX 9.800KM")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>41.300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17136", "209")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17136", "AUDI A3 turbo 150cv; 2004/2004; PRATA; GASOLINA;")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17132", "210")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17132", "AUDI A6 3.0TFSI ALLR; 2013/2013; BRANCA; GASOLINA; PLACA: FHW-2015")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>109.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17322", "211")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17322", "FIAT/SIENA FIRE FLEX, 2006/2007, ALCO/GASOL., PRATA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17323", "213")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17323", "LAND ROVER; RANGE ROVER SPORT 5.0 SC; 2010/2011; GASOLINA; PRATA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17338", "214")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17338", "HONDA; CR-V LX 2010/2010; GASOLINA; CINZA (manual proprietário e chave reserva)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17344", "215")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17344", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>14.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17345", "216")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17345", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17120", "223")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17120", "RENAULT/ MEGANE DYN 16; 2006/2007; PRATA; ALCO,/GASOL. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17339", "224")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17339", "I/ MMC LANCER 2.0 "GT"; 2012/2012; PRETA; GASOLINA; "COMPLETO COM TETO E CAMBIO BORBOLETA"")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17121", "239")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17121", " GM/ CELTA  1.0 LS, ANO/MOD 2011/2012, ALCO./GASOL.; PRATA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17188", "240")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17188", "FORD ECOSPORT FSL AUTOMÁTICA 2.0, 2012/2013; ALCO./GASOLI.; PRETA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17192", "250")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17192", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17325", "303")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17325", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17324", "310")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17324", "ROLO COMPACTADOR DYNAPAC MOD CG11; MOTOR AGRALE DIESEL")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17133", "400")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17133", "JOGO DE RODAS COM PNEUS 205/40/17")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17143", "401")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17143", "JOGO DE RODAS ARO 16 X 6,5")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17123", "403")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17123", "JOGO DE RODAS COM PNEUS 205/55/16")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17122", "412")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17122", "JOGO DE RODAS COM PNEUS 205/60/15")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17124", "436")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17124", "JOGO DE RODAS COM PNEUS 195/65/R15")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17129", "450")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17129", "JOGO DE RODAS COM PNEUS 205/60/15")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17135", "451")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17135", "67 RODAS DE CAMINHÃO M.BENZ, VOLVO, VW, OUTRAS MARCAS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17141", "452")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17141", "APROX. 22 PEÇAS DE TAMBORES DE FREIO, M. BENZ, VOLVO, OUTRAS MARCAS (SEM USO) ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>