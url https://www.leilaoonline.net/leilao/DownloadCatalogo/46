--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,3803 +269,3331 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3233", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3233", " FROTA:  400403 ONIBUS VOLKSWAGEN 16210 CO;  PLACA:  CWC1805 CHASSI:  9BWY2TJB3WRB10892 ANO:  1998 RENAVAM: 716214458")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3235", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3235", " FROTA:  400387 ONIBUS FORD B-1618;  PLACA:  CEN7841 CHASSI:  9BFYTARB1VDB69294 ANO:  1997 RENAVAM: 693314524")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3231", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3231", " FROTA:  600433 ONIBUS VOLKSWAGEN 16210 CO;  PLACA:  CQM8573 CHASSI:  9BWRF82W02R201763 ANO:  2002 RENAVAM: 775616796")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3232", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3232", " FROTA:  200301 ONIBUS VOLKSWAGEN 16210 CO;  PLACA:  CWZ9735 CHASSI:  9BWY2TJB5WRB10893 ANO:  1998 RENAVAM: 716136953")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3234", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3234", " FROTA:  400401 ONIBUS VOLKSWAGEN 16210 CO;  PLACA:  CWC1803 CHASSI:  9BWY2TJB0WRB10882 ANO:  1998 RENAVAM: 716214288")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3230", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3230", " FROTA:  200298 ONIBUS VOLKSWAGEN 16210 CO;  PLACA:  CWZ9733 CHASSI:  9BWY2TJB9WRB10766 ANO:  1998 RENAVAM: 716132192")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3236", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3236", " FROTA:  400681 ONIBUS HERBICIDA VOLKSWAGEN 16210 CO;  PLACA:  CWC2635 CHASSI:  9BWGFY2W21R104960 ANO:  2001 RENAVAM: 760692610")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3237", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3237", " FROTA:  600547 ONIBUS HERBICIDA VW 16180 CO;  PLACA:  BTT5689 CHASSI:  BUSUCFBSNVA047946 ANO:  1996 RENAVAM: 670186562")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3241", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3241", " FROTA:  400389 ONIBUS FORD B-1618;  PLACA:  CEN7842 CHASSI:  9BFYTARB1VDB69456 ANO:  1997 RENAVAM: 693314710")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3240", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3240", " FROTA:  400653, 400675 CAMINHAO COMBATE INCENDIO FORD C2425;  C/ TANQUE P/ TRANSPORTE DE ÁGUA BOZZA DE 15000 L PLACA:  CWC2940 CHASSI:  9BFYTNYT01DB04691 ANO:  2000 RENAVAM: 751450391")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3238", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3238", " FROTA:  300503, 300388 CAMINHAO COMBOIO FORD C2425; C/ COMBOIO ABAST. E LUBRIF. EDA PLACA:  CEN7954 CHASSI:  9BFYTNYT6VDB69857 ANO:  1997 RENAVAM: 695331175")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3242", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3242", " FROTA:  100420, 100302 CAMINHAO COMBOIO FORD C2425; C/ COMBOIO ABAST. E LUBRIF. EDA PLACA:  COA1916 CHASSI:  9BFYTNYT5VDB71521 ANO:  1997 RENAVAM: 694815314")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3239", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3239", " FROTA:  600735 COLHEDORA DE CANA CASE A7700. OBS.: SEM MOTOR.  CHASSI:  7700TR01525 ANO:  2008")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3243", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3243", " FROTA:  600733 COLHEDORA DE CANA CASE A7700. OBS.: SEM MOTOR.  CHASSI:  7700TR01528 ANO:  2008")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3244", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3244", " FROTA:  600695 COLHEDORA DE CANA CASE A7700. OBS.: SEM MOTOR.  CHASSI:  7700TR771195 ANO:  2008")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3245", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3245", " FROTA:  600935 COLHEDORA DE CANA CASE A7700. OBS.: SEM MOTOR.  CHASSI:  7700TR771493 ANO:  2009")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3246", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3246", " FROTA:  600759 TRATOR JOHN DEERE 7515 4X4; HORÍMETRO: 20413  CHASSI:  BM7515X092618 ANO:  2008")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3250", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3250", " FROTA:  600760 TRATOR NEW HOLLAND TS 6020; HORÍMETRO: 8526  CHASSI:  Z8CE45382 ANO:  2008")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3248", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3248", " FROTA:  600773 TRATOR JOHN DEERE 7515 4X4; HORÍMETRO: 16328  CHASSI:  BM7515X081716 ANO:  2008")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3247", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3247", " FROTA:  600676, 600677 CARREGADEIRA DE CANA NEW HOLLAND TS90/ CARREGADEIRA MOTOCANA CM50PS-2000; HORÍMETRO: 8439  CHASSI:  Z7CE22567 ANO:  2007")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3249", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3249", " FROTA:  600731 TRATOR JOHN DEERE 7515 4X4; HORÍMETRO: 17798  CHASSI:  BM7515X081033 ANO:  2008")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3251", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3251", " FROTA:  300651, 300344 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200; HORÍMETRO: 9378  CHASSI:  12804W41718 ANO:  1998")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3252", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3252", " FROTA:  300770, 300772 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200; HORÍMETRO: 6885  CHASSI:  12804Y58098 ANO:  2000")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3253", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3253", " FROTA:  300791, 300800 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200; HORÍMETRO: 11955  CHASSI:  12804166924 ANO:  2001")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3255", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3255", " FROTA:  300736, 300739 CAMINHAO OFICINA FORD F-14000; PL.: CWC-1853; CH.: C/MOTOGUINCHO GASCOM 3 TON PLACA:  CWC1853 CHASSI:  9BFXTNSZ6WDB07028 ANO:  1998 RENAVAM: 720723655")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3254", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3254", " FROTA:  300792, 300799 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200, HORÍMETRO: 7720  CHASSI:  12804166925 ANO:  2001")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3257", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3257", " FROTA:  600726 TRATOR JOHN DEERE 7515 4X4  CHASSI:  BM7515X080631 ANO:  2008")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3258", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3258", " FROTA:  600761 TRATOR NEW HOLLAND TS 6020  CHASSI:  Z8CE45297 ANO:  2008")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3256", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3256", " FROTA:  500109 TRATOR MASSEY FERGUSON 296-4  CHASSI:  2571404019 ANO:  1989")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3260", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3260", " FROTA:  300771, 300773 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200  CHASSI:  12804Y58099 ANO:  2000")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3259", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3259", " FROTA:  600320 JULIETA CACAMBA LATERAL USICAMP,  PLACA:  CQM8054 CHASSI:  9A9DO7620K1AD3075 ANO:  1989 RENAVAM: 412386526")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3261", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3261", " FROTA:  500141, 500168 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200, HORÍMETRO: 10425  CHASSI:  12804W41725 ANO:  1998")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3262", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3262", " FROTA:  300793, 300798 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200  CHASSI:  12804166926 ANO:  2001")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3265", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3265", " FROTA:  100792, 100802 CARREGADEIRA DE CANA VALMET 1280-4/ CARREGADEIRA SERMAG SR-1200  CHASSI:  12804166927 ANO:  2001")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3264", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3264", " FROTA:  400707, 400725 CAMINHAO LASTRO FORD C2425; C/ MOTOGUINCHO PHD 32004 PLACA:  CWC2782 CHASSI:  9BFYTNYT12BB11257 ANO:  2001 RENAVAM: 774623098")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3263", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3263", " FROTA:  600803 TRATOR JOHN DEERE 7515 4X4; HORÍMETRO: 20059  CHASSI:  BM7515X081816 ANO:  2008")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3267", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3267", " GERADOR BAMBOZZI 50 KVA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3266", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3266", " LOTES 06 DE MOTORES DIESEL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.800,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3269", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3269", " FROTA:  500371 COMBOIO ABAST. E LUBRIF. GASCOM  SERIE:  1426 ANO:  2002")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3268", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3268", " FROTA:  600321 JULIETA CACAMBA LATERAL USICAMP PLACA:  CQM8073 CHASSI:  9A9DO7620K1AD3076 ANO:  1989 RENAVAM: 412384540")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3271", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3271", " FROTA:  600112, 600113, 600117 03 TURBOMAQ METAL LAVRAS 125/GSV/300, 125/GSV/301, 125/GSV/302;  SERIE:  1866108E ANO:  1996 E 1997")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3270", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3270", " FROTA:  600494 CULTIVADOR AUSTRALIANO SERRANA 2 L  SERIE:  0000114/03 ANO:  2003")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3272", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3272", " LOTE DE 35 TANQUE DE PLÁSTICO - ADUBO LIQUIDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3273", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3273", " FROTA:  600196 APLICADOR INSETICIDA PHAL-400   ANO:  1983")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3274", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3274", " FROTA:  600601 ARADO AIVECA IKEDA C/ RODAS  SERIE:  07B023 ANO:  2007")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3276", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3276", " FROTA:  600426 SULCADOR DMB BEIJA-FLOR 4L  SERIE:  63758/2001 ANO:  2001")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3277", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3277", " FROTA:  600420 BETONEIRA COM MOTOR YANMAR  SERIE:  IT9E1340 ANO:  2001")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3275", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3275", " FROTA:  600588, 600589 02 PLAINAS TRASEIRAS LARGA TATU (PTL)  ANO:  2006")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3279", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3279", " FROTA:  600232 ENLEIRADOR PALHA TATU   ANO:  1982")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3278", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3278", " IMPLEMENTO FRONTAL P/ COLHEDORA DE 2 LINHAS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3280", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3280", " FROTA:  200654 ERRADICADOR DE SOQUEIRAS ARADOR 2L")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3281", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3281", " FROTA:  600449 CULTIVADOR AD. LIQ. SERMAG SRM-204  SERIE:  0119 ANO:  2002")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3282", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3282", " FROTA:  600539 ARADO SUBSOLADOR STARA 5/5 CR-DCR  SERIE:  03/0338 ANO:  2006")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3283", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3283", " PEÇAS AUTOMOTIVAS DIVERSAS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>8.100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3286", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3286", " PEÇAS DO DESAPONTADOR")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3284", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3284", " FROTA:  600680 TANQUE ADUBO LIQUIDO GASCOM; MODELO: CBV-DF50; PRESSÃO MÁX.: 105 PSI; RPM 1300  SERIE:  7327 ANO:  2007")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3287", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3287", " FROTA:  601001 TANQUE ADUBO LIQUIDO GASCOM; MODELO: CBV-DF50; PRESSÃO MÁX.: 105 PSI; RPM 1300  SERIE:  9534B8266R042550 ANO:  2010")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3285", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3285", " PEÇAS DIVERSAS PARA TRATORES")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3294", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3294", " EIXOS DIVERSOS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3288", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3288", " 04 CABINES DE COLHEDORA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3291", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3291", " FROTA:  600631 MOTOCICLETA HONDA NXR 150 BROS ESD PLACA:  DEG9736 CHASSI:  9C2KD03107R801343 ANO:  2007 RENAVAM: 927334550")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3289", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3289", " ALMOXARIFADO DIVS:   JUNTAS, DIFUSOR , TAMPAS, BUCHAS, JUNTAS, CHUMBADOR, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3292", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3292", " ALMOXARIFADO DIVS:   CORREIAS, TES, ANEIS, PEÇAS MATISA / MAUSA, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3295", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3295", " ALMOXARIFADO DIVS:   MAT. ELÉTRICOS,  ELETRODOS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3290", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3290", " ALMOXARIFADO DIVS:   OLEO LUBRIFIC. DIVS, GRAXA, REPAROS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3293", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3293", " ALMOXARIFADO DIVS:   PEÇAS VIDEOJET, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3300", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3300", " ALMOXARIFADO DIVS:   ANÉIS, PEÇAS PARA MOENDA, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3298", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3298", " ALMOXARIFADO DIVS:   GAXETAS, PEÇAS PARA BOMBA, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3296", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3296", " ALMOXARIFADO DIVS:   ROLAMENTOS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3299", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3299", " ALMOXARIFADO DIVS:   PEÇAS PARA TURBINA, VALVULAS, JUNTAS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3301", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3301", " ALMOXARIFADO DIVS:   OLEO LUBRIFIC.  ANEIS, GAXETA, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3297", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3297", " ALMOXARIFADO DIVS:   COSSINETES, JORLHO, ANEIS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3489", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3489", "PNEUS DIVERSOS. SENDO:  16 uns Pneus, medida 710/70 R 42,  16 uns Rodas para pneus 710/70 R 42  E  16 uns Cubos para pneus 710/70 R 42  -  Todos montados. SEM USO. NO ESTADO")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3304", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3304", " ALMOXARIFADO DIVS:   BUCHAS, CABOS DE AÇO, CURVAS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3305", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3305", " ALMOXARIFADO DIVS:   PEÇAS CASE DIVS. CORREIAS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3306", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3306", " ALMOXARIFADO DIVS:   PEÇAS PARTE ELÉTRICA AUTOMOTIVA, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3303", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3303", " ALMOXARIFADO DIVS:   PEÇAS MARCH, BUCHAS, JACTO, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3302", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3302", " ALMOXARIFADO DIVS:   RADIADORES E PEÇAS DIVS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3307", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3307", " ALMOXARIFADO DIVS:   PEÇAS HERBIC, ECOS, SABO, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3310", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3310", " ALMOXARIFADO DIVS:   PEÇAS KRONE DIVS.  ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3308", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3308", " ALMOXARIFADO DIVS:   PEÇAS CAMECO, ELETRICAS, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3313", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3313", " ALMOXARIFADO DIVS:   TERMINAIS, MANGUEIRAS, PEÇAS: MB, FORD, YANMAR, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3311", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3311", " ALMOXARIFADO DIVS:   PEÇAS MWM, NEW HOLAND, MANN,  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3309", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3309", " ALMOXARIFADO DIVS:   PEÇAS DIVS. VALMET, MF, CBT, ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3312", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3312", " ALMOXARIFADO DIVS:   PEÇAS VOLVO DIVS.   ETC.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3314", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3314", " ITENS DIVERSOS DE INFORMÁTICA (CPUS, MONITORES, RETROPROJETOR, ESTABILIZADOR)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3315", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3315", " MATERIAIS DIVERSOS DE ESCRITÓRIO (APARELHO DE SOM, MÁQUINA DE ESCREVER, MONITOR DE SEGURANÇA, TV, AUTOCLAVE, MICROONDAS, ENTRE OUTROS)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3316", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3316", " CALDEIRA CALDEMA; MODELO: A2C.30.6GB.PSC; ANO: 1989; CAP.: 70 T/H; PRESSÃO DE TRABALHO: 22 KGF/CM²; TEMP. NORMAL DE TRABALHO: 300 °C. OBS.: DESMONTAGEM POR CONTA DO COMPRADOR.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3318", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3318", " FROTA:  100432 CAMINHÃO FORD F4000 TURBO 4BT; 1996/1997; DIESEL; BRANCA; PL.: CEN-4913; CH.: 9BFL2UJG6TDB10485. OBS.: SEM EQUIPAMENTO.")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3317", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3317", " GERADOR SÍNCRONO TOSHIBA; TIPO: GALT; ANO: 1989; POT.: 3750 KVA; TENSÃO: 13200 V; CORRENTE: 164 A; HORAS DE OPERAÇÃO: 79000; C/ TURBO-REDUTOR E PAINÉIS. OBS.: RETIRADA POR CONTA DO COMPRADOR, SENDO A RETIRADA SOMENTE À PARTIR DE DEZEMBRO.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3321", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3321", " 4 ESTEIRAS DETECTORAS DE METAIS USADAS DIVERSAS. CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3320", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3320", " 6 REDUTORES DIVERSOS E 1 MÁQUINA DE COSTURA INDUSTRIAL  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3319", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3319", "  ATUADORES E VÁLVULAS DIVERSAS CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3323", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3323", " ROTORES, BOMBAS E SUPORTES DIVERSAS CONFORME RELAÇÃO .")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3322", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3322", " APROX .  65 VÁLVULAS DIVERSAS E ATUADORES CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3328", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3328", " 10 PAINÉIS ELÉTRICOS S/ COMPONENTES.  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3327", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3327", "MICRO-ÔNIBUS MARCOPOLO VOLARE V8 ON; 2007/2008; DIESEL; BRANCA; PL.: DXG-5101; CH.: 93PB26G308C022482; KM 453174")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3329", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3329", " AUTOSAMPLER DIONEX AS50 BIOLC, FREEZER, GELADEIRA, MESAS, CADEIRAS, BALCÕES")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3324", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3324", " ITENS DIVERSOS DE INFORMÁTICA (CPUS, MONITORES, NOTEBOOKS, SERVIDORES, RACKS)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3325", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3325", " ALMOXARIFADO - MATERIAIS ELÉTRICOS DIVS.  USADOS E SEM USO. CONF. RELAÇÃO")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3326", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3326", "  ÓLEOS LUBRIFICANTES SEM USO DIVS SENDO: 200,000  OLEO P/SIST.HIDR.BR LUBRAX INDL SH-46-AD  E   200,000 OLEO LUBRIF LUBRAX TURBO 50.  ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3334", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3334", " ALMOXARIFADO - MATERIAIS DIVS PARA BOMBAS, CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>19.800,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3331", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3331", " ALMOXARIFADO -  MATERIAIS DIVS.  PARA REDUTORES CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3330", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3330", " ALMOXARIFADO - MATERIAIS DIVERSOS SEM USO.  CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3333", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3333", " ALMOXARIFADO - MATERIAIS DIVERSOS PARA COMPRESSORES CONF. RELAÇÃO.  ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3335", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3335", " ALMOXARIFADO - MATERIAIS DIVERSOS PARA VÁLVULAS CONF. RELAÇÃO ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3332", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3332", " ALMOXARIFADO - MATERIAIS DIVERSOS SEM USO.  CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3336", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3336", " ALMOXARIFADO - CORREIAS,  PEÇAS PARA MAQ. COSTURA E MATERIAIS SEM USO DIVERSOS. CONF. RELAÇÃO. ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3337", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3337", " ALMOXARIFADO  -  MAT. PARA SOLDA : E MAT. DE LIMPESA DE EVAPORADORES. CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3338", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3338", " ALMOXARIFADO:  MANCAIS E ROLAMENTOS CONF. RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3339", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3339", " ESTRUTURA DE HILO MECÂNICO; CAP. 20 TON P/ MESA ALIMENTADORA C/ PATAMAR")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3342", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3342", " FROTA:  300475 CAMINHÃO CHEVROLET 14000 CUSTOM; 1991/1992; DIESEL; BRANCA; PL.: BJF-0238; CH.: 9BG753NWNMC007701.")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3340", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3340", " 2 LUVAS S/ USO   -  COPERS.900003002R0 LUVA ASTM A 48 CL")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...235 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3341", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3341", " CAMINHÃO MB LK 1113; 1984/1984; DIESEL; BRANCA; PL.: BVS-8424; CH.: 34401912643399. OBS.: SEM EQUIPAMENTO.")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3345", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3345", " PÁ CARREGADEIRA CASE 721E, SÉRIE: NCAE02515; ANO: 2012; HORÍMETRO: 416.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>91.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3344", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3344", " TRATOR CORTADOR DE GRAMA MURRAY MOD.48G24G60 X 8A ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3343", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3343", "LOTE COM MATERIAIS DE REFEITÓRIO DIVERSOS. MESAS CADEIRAS, ETC. ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...3437 lines deleted...]
-      </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3819", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3819", "Kit com aproximadamente 156 Rolos de Poliuretano PU  Riberman.  Local:  QUATÁ/SP   ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>