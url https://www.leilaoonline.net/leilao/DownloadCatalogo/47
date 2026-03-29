--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3675 +269,3219 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2838", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2838", " 082-974-2016 - WEG MOTOR - ANO: 2006 -    ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>21.350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2835", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2835", " 082-990-2016 - LOADALL - JCB / SPL532001E - ANO: 2001 -     ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2945", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2945", " CKS-JUQ8033-2015 - CAMINHÃO  DE APOIO OPERACIONAL VOLVO FM12 420 6X4 - ANO: 2006 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2818", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2818", " 082-940-2016 - VW/GOL 1.6 - ANO: 2000 - ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2925", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2925", " 082-965-2016 - CAÇAMBA RANDON - ANO: 2012 - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2823", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2823", " CKS-041-2016 - PONTE ROLANTE VILLARES CAP 10 TON - ANO: 1985 - ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2828", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2828", " 082-936-2016 -  JUNGHEINRICH EKS 310 - ANO: 2006 -")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2821", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2821", " ITA-128-2016 - EMPILHADEIRA HYSTER/H155XL2 - ANO: 2000 - ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2825", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2825", " BRU-HMW0071 - MERCEDES BENS / ACTROS 4844 K - ANO: 2009 -")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2834", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2834", " AGL-CP70403-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2836", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2836", " AGLP-CP70400-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2839", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2839", " AGLP-CP70401-2016  - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2842", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2842", " AGLP-CP70405-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2843", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2843", " AGLP-CP70402-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2844", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2844", " AGLP-CP70404-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2840", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2840", " AGLP-CP70406-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2841", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2841", " AGLP-CP70407-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2845", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2845", " MUT-CP20455-2016 - SCANIA/P124 - ANO: 2007/2008 -   ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2952", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2952", "ITA-069-2016 - VAN  MERCEDES BENZ SPRINTER 310D - ANO:  1998 - ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2846", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2846", " MUT-MBR20369-2016 - SCANIA P124C - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2847", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2847", " MUT-MBR20400-2016 - SCANIA P124C - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2848", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2848", " SLS-MWA7011_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2850", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2850", " SLS-MWB6305_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2849", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2849", " SLS-MWB6355_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2964", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2964", " PIC-MBR28668-2016 - CAMINHÃO MERCEDES LK1618 - ANO: 1990 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2968", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2968", " SLB-131-2016 - CAMINHÃO: SCANIA P420 B8X4 - ANO: 2011/2011")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2853", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2853", " GS_HEU6331_2016 - CAMINHÃO BASCULANTE MERCEDES BENZ ACTRIS 4844 8X4 - ANO: 2009/2010 -   ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2852", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2852", " GS_PVC2706_2016 - CAMINHÃO BASCULANTE SCANIA P124CB8X4NZ 420  - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2851", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2851", " 082-992-2016 - MERCEDEZ BENZ L263554 - ANO: 1996 -   ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2854", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2854", " 082-978-2016 - POLIDIESEL - ANO: 1986 -   ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2967", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2967", " ITA-115-2016  - PICK UP - MMC/L200 4X4 GL - ANO: 2006/2007")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2833", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2833", " ITA-014-2016 -  MINI CARREGADEIRA FIAT ALLIS  - ANO: 2000 - ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2832", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2832", " BAOVALE-PM3542-2016 - PÁ CARREGADEIRA CATERPILLAR / 992D - ANO: 1995 - ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2831", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2831", " MARI-CA5912-2016 - FORA DE ESTRADA CAT - ANO: 2004 - ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2681", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2681", " (BAO-CA71-2016) - CAMINHÃO FORA DE ESTRADA CATERPILLAR / 777C - ANO: 1997 -   ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2677", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2677", " (BAO-CA72-2016) - CAMINHÃO FORA DE ESTRADA CATERPILLAR / 777C - ANO: 1997 -  ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2680", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2680", " (BAO-MN06-2016) - MOTONIVELADORA CATERPILLAR 140G - ANO: 1990 -   ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2678", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2678", " (BAO-PM49-2016) - PÁ CARREGADEIRA CATERPILLAR / 992D - ANO: 1997 -   ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2679", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2679", " (BAO-TR19-2016) - CATERPILLAR / TRATOR DE PNEUS 824B -   ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2682", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2682", " (BRU-MN2002-2016) - CATERPILLAR / MOTONIVELADORA 16H - 275HP (L) - ANO: 2005  ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2683", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2683", " BRU-PM3601-2016 - CATERPILLAR / CARREGADEIRA DE PNEUS (MECANICA) - GRANDE PORTE 992G - ANO: 2003  ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2684", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2684", " BRU-PM6516-2016 - CATERPILLAR / CARREGADEIRA DE PNEUS (MECANICA) - GRANDE PORTE 990H - ANO: 2008  ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2924", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2924", " CKS-JUQ7853-2015 - CAMINHÃO MEDIO BASCULANTE VOLVO FM12 420 6X4 HP - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2685", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2685", " MARI-CA5463-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 1996 - ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2686", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2686", " MARI-CA5909-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2004 -   ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2965", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2965", " 82-972-2016 - PÁ CARREGADEIRA 962H - PCH14 - VOLVO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2970", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2970", " ACD- 07-2016 - EMPILHADEIRA A GAZ HYSTER H80XM 4.000 KG - ANO: 2005")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2926", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2926", "CKS-JUI7247-2016 -   MARCA / MODELO: CAMIONETA LAND ROVER / DEFENDER 110 SW5L BRANCA - ANO: 2002/2002")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2864", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2864", " ITA 078-2016 - MOTOR COMPONENTE; PO;2256065 CATERPILLAR ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2969", "058")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2969", " 082-026-2014  - PENEIRA VIBRATÓRIA -  SINOSTEEL - ANO: 10/2014 ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2865", "059")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2865", "ITA 099-2016 - MOTOR 3739862 CAT. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2966", "060")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2966", " 082-027-2014 - PENEIRA FIBRATÓRIA -  SINOSTEEL - ANO: 10/2014")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3402", "061")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3402", "SSG-019-2016 - FIAT PALIO - ANO: 2005 / 2006")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2974", "062")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2974", "MARI-EC2505-2016 -  MARCA / MODELO: P&amp;H - ANO: 1982")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2819", "063")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2819", " 082-967-2016  - RITIFICA TRUQUES - Ano: NA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2820", "064")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2820", " 082-993-2016 - MARCA / MODELO: GM / S10 2.2S - ANO: 2000")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2871", "066")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2871", " ITA 083-2016 - MOTOR COMPONENTE, ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2817", "067")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2817", " MARI-035-2016 - 4 FRITADOR ELÉTRICO. ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2870", "068")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2870", " MARI-038-2016 - RADIADOR  CAT TRATOR D8L.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2687", "070")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2687", " MARI-CA5915-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2927", "071")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2927", "GM/VECTRA SEDAN ELEGANCE, 2008/2009, ALCO/GASOL, COR PRATA. ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2976", "072")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2976", " 082-836-2015 - TRANSFORMADORES 12 ITENS APROXIMADAMENTE")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2972", "073")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2972", " SLB-132-2016   - PERFURATRIZ T4BH - ANO: 2009 ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2975", "074")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2975", " 082-025-2014 - PENEIRA FIBRATÓRIA:  SINOSTEEL - ANO: 10/2014")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2973", "075")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2973", " MARI-EC2506-2016  - MARCA / MODELO: P&amp;H - ANO: 1982")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2977", "076")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2977", " MARI-LM0124-2016  - MARCA / MODELO: HEIMER - ANO: 2008")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2979", "077")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2979", " PICO-027-2016 - MOTERES 12 ITENS APROXIMADAMENTE")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>183</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>38.950,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2980", "078")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2980", " 082-942-2016 - 3 PAINEL INSTRUM.  HOUSING 14 SENDO IR1,IR2 E IR3")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2978", "079")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2978", " 082-945-2016 -  RADIO TRANSMISOR, TRANSEPTORES E OUTROS 50 ITENS APROXIMADAMENTE,")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2689", "085")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2689", " MARI-CA5919-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2688", "106")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2688", " MARI-CA5922-2016 - FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2690", "107")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2690", " MARI-EP0514-2016 - EMPILHADEIRA HYSTER - ANO: 2006 -  ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2695", "108")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2695", " MARI-LM0120-2016 - TORRE DE ILUMINAÇÃO GENIE / TML-4000N - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2696", "110")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2696", " MARI-LM0130-2016 - TORRE DE ILUMINAÇÃO INGERSOL RAND / LIGHTSOURCE - ANO: 2010 -   ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2691", "111")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2691", " MARI-MN1102-2016 - MOTONIVELADORA CAT - ANO: 2001 -   ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2692", "112")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2692", " MARI-RE6410-2016 - ESCAVADEIRA CAT - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2693", "113")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2693", " MUT-TE3401-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2697", "117")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2697", " MUT-TE24406-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2701", "118")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2701", " MUT-TE24407-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2698", "120")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2698", " MARI-PF0001-2016 - PERFURATRIZ ATLAS COPCO - ANO: 2008 -   ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2700", "121")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2700", " MARI-PF0204-2016 - CHA660 - ANO: 1995 -   ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3403", "129")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3403", " MARI-RE6403-2016 - ESCAVADEIRA CAT - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2704", "132")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2704", " MARI-TE4301-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2003 -   ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2705", "133")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2705", " MARI-TE4305-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2003 -  ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2703", "134")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2703", " MARI-TE4307-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2706", "135")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2706", " MARI-TE4308-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -  ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2707", "136")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2707", " MARI-TE4310-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2710", "139")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2710", " MARI-TP4801-2016 - TRATOR DE PNEUS KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2712", "140")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2712", " MARI-TP4802-2016 -TRATOR DE PNEUS KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2716", "142")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2716", " MARI-TP4804-2016 - PÁ CARREGADEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2714", "143")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2714", " MUT-MBR24197-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2005 -  ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2719", "144")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2719", " MUT-MBR24199-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2006 -    ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2722", "145")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2722", " MUT-MBR24200-2016 - KOMATSU D275 - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2717", "146")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2717", " PIC-EM18144-2016 - ESCAVADEIRA HIDRAULICA 365CL - ANO: 2008 -  ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2720", "147")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2720", " PIC-MBR24198-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2007 -  ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2725", "148")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2725", " PIC-TE24408-2016 - TRATOR DE ESTEIRA KOMATSU D375 - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2724", "150")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2724", " SLS-EQ-005_2016 - LAVADORA KARCHER -    ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2727", "153")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2727", " ITA-123-2016 - ESCAVADEIRA SHOVEL, DEMAG, H485S - ANO: 1992 -   ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2858", "154")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2858", " 082-989-2016 - CATERPILLAR / CAT0962H - ANO: 2010 -   ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>35.800,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2857", "155")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2857", " GS_RE4004_2016 - RETROESCAVADEIRA CATERPILLAR 345CL 345HP (L) - ANO: 2004 -   ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2856", "156")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2856", " SSG-017-2016 -MOTONIVELADORA ARTICULADA 16H TAG 6003  - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2859", "157")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2859", " MUT-MBR18122-2016 - LIEBHERR R964B - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2860", "158")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2860", " CKS-042-2016 - ROMPEDOR LIEBHERR RP0403 - ROMPEDOR   ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2861", "159")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2861", " FAB-CT6103-2016 - HAULPAK 510E - ANO: 1993 -   ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2862", "160")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2862", "PICO-013-2016 - CADEIRA  DE ESCRITÓRIO 10 PEÇAS APROX. ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2866", "162")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2866", "MUT-049-2016  - TELEFONIA E IMPRESSORAS 20 ITENS APROX.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2867", "163")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2867", "MUT-050-2016  - TELEFONIA, 20 ITENS APROX. ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2868", "164")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2868", "MUT-053-2016 - NOTEBOOK  E TELEFONE 17 ITENS APROX.  ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2869", "165")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2869", "BRU-500-2016 - EQUIPAMENTO ELETRÔNICOS/FOTOS/TV, 18 ITENS APROX. ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2822", "166")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2822", " 082-951-2016 - EQUIPAMENTO COZINHA INDUSTRIAL 5 ITEN APROX. ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...10 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2826", "167")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2826", " 082-957-2016 - 5 ESTEIRA ERGOMÊTRICA COM SENSOR DE MÃOS. ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2824", "168")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2824", " 082-958-2016 - 4  ESTEIRA ERGOMÉTRICA, 2 BICICLETAS ERGOMÉTRICAS ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...15 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2827", "169")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2827", " 082-968-2016 - 2 ESTAÇÃO DE TRABALHO. LOC. VITÓRIA/ES")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...3390 lines deleted...]
-      </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>20,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2971", "170")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2971", " BAO-PM45-2016 -   CATERPILLAR / 992D - ANO: 1996")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>