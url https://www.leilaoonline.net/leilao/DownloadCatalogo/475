--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3227 +269,2827 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17504", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17504", " Fitas Poliéster de 19mm 101 Rolos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17505", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17505", " Fitas Poliéster de 16mm 49 Rolos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17507", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17507", "Aprox. 9.000 kg de Papel Maculatura (85mm x 0900mm x 135gr)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17508", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17508", "Bobina de papel KRAFT (Aprox. 600 kg)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17506", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17506", " Rebobinadeira de Papel (bobina de 1,60 m)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17510", "101")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17510", " 01 MOTOR ESTACIONÁRIO A DIESEL, MARCA YAMAR B8")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17509", "102")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17509", "PREÇO POR PEÇA. Aprox. 12.172 PEÇAS SEM USO de  diversas marcas: Caterpillar, Fiatallis, Komatsu, Massey Ferguson. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2,80</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17511", "103")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17511", "  TRATOR DE ESTEIRA FIATALLIS AD7 B DESMONTADO. FALTANDO PEÇAS E COMPONENTES.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17512", "104")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17512", " CARRETA PRANCHA MARCA GALEGO, ANO E MODELO 2012, 03 EIXOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17590", "201")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17590", " TRATOR MF / 1957")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17591", "202")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17591", "Colhedeira de milho New Holland - 4040 - Ano 1983")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17594", "203")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17594", "Plantadeira Jumil - modelo JM 2580 PD - ano 1999")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17595", "204")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17595", "4 rotativas Votex (Diversas utilidades: roçadeira, picadeira, etc)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17596", "205")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17596", "Plantadeira SFIL - Ano: 2001 - Modelo PSM 12.000 High Tech.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17597", "206")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17597", "Carretão de madeira")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17613", "301")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17613", " Nove freezers verticais")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17611", "302")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17611", " Transpalete")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17614", "303")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17614", " Socador de chão tipo sapão Wacker a gasolina faltando carburador")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17619", "304")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17619", " Máquina de café expresso Astória com moinho , sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17625", "305")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17625", " Máquina de café expresso Astória com moinho , sem porta filtros e bandeja")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17622", "307")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17622", " Batedeira industrial GPaniz (5 litros). Funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17617", "308")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17617", " Máquina de bordar industrial funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17616", "309")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17616", " Dobradeira de chapas com régua de 1,30 m")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17620", "310")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17620", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17630", "311")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17630", " Bomba de alto vácuo HF 55 CFM  trifásico")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17626", "312")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17626", " Bomba de alto vácuo duplo estágio HF 110 CFM trifásico com reservatório")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17609", "314")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17609", " Cabine para camionete D 20")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17612", "315")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17612", " Maca e alumínio Stimed com regulagens")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17627", "316")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17627", " Máquina de Vacum Forming")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17624", "317")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17624", " Máquina de suco industrial (100 litros)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17629", "320")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17629", " Escrivaninha antiga em jacarandá maciço da Bahia")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17631", "322")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17631", " Cortador de asfalto/concreto Petrotec à gasolina faltando peças")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17618", "323")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17618", " Cortador de asfalto/concreto Petrotec à gasolina fantando peças")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17610", "327")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17610", " Peugeot Partner ano 99 à gasolina")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17615", "328")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17615", " Fritadeira à gás dupla com timer")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17608", "329")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17608", " Lote contendo 1 balança digital, 1 banho maria , 1 forno elétrico e 1 estufa para salgados")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17621", "330")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17621", " Lote contendo uma talha 500 kgs e um carrinho Trolley para talha")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17623", "331")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17623", " Caixa com Aprox. 120 kg de chaves combinadas usadas")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17628", "333")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17628", " Onze vibradores de concreto e uma serra circular")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17632", "334")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17632", " Dois cilindros pra GNV")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17633", "335")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17633", " Seis vibradores de concreto funcionando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17634", "336")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17634", " Seis vibradores de concreto funcionando")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17635", "337")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17635", " Lote contendo 1 lavadora Lavor , 1 aspirador Electrolux e 1 exaustor Loren Sid")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17637", "339")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17637", " Guincho tipo girafa para 3 tonelads")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17636", "340")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17636", " Sucatas de martelos rompedores")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17639", "341")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17639", " 06 geladeiras")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17638", "342")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17638", " Fritadeira elétrica")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17640", "343")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17640", " Fritadeira elétrica")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17641", "344")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17641", " Chapa de lanches elétrica")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17645", "345")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17645", " 03 armários e 06 arquivos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17644", "347")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17644", " Cabine de jato de areia por pressão de alta produção")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17642", "348")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17642", " Sucata de 02 geradores de energia")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17643", "349")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17643", " Dois aparelhos de ar condicionado tipo Split")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17646", "352")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17646", " Lavadora de alta pressão sem mangueira")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17647", "353")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17647", " Lavadora de alta pressão Electrolux sem mangueira")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17654", "354")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17654", " Lavadora de alta pressão Electrolux sem mangueira")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17650", "355")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17650", " Lavadora de alta pressão Electrolux sem manqueira")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17649", "356")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17649", " Lavadora de alta pressão WAP sem mangueira")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17653", "357")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17653", " Oito aparelhos de ar condicionado tipo janela")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17648", "358")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17648", " Geladeira expositora Metalfrio. Pequena. Iluminação em led. Funcionando")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17652", "359")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17652", " Cervejeira Hussman pequena , funcionando")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17651", "360")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17651", " Martelo rompedor pneumático")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17655", "361")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17655", " Televisão Samsung 40 polegadas , com defeito (não funciona)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17656", "363")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17656", " Lote contendo 03 fornos elétricos e 01 lavadora de louças")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17657", "364")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17657", " Lote de equipamentos hospitalares , contendo 02 estufas , 01 balança e 01 guincho para pessoas acamadas")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17658", "365")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17658", " Sucata de gerador de energia à gasolina")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17659", "366")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17659", " 08 sucatas de geladeiras")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17660", "367")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17660", " 04 bancos inteiriços com 03 cadeiras cada")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17661", "368")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17661", " 04 máquinas de lavar roupas")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17662", "369")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17662", " 09 Sucatas de geladeiras")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17663", "370")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17663", " Lote contendo 01 aspirador de pó,01 foro a gás e 02 lavadoras de pressão")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17672", "371")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17672", " 11 sucatas de freezer")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17673", "372")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17673", " 10 mesas com cadeiras junto , algumas faltam tampos e assentos")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17667", "373")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17667", " 10 mesas com cadeiras junto , algumas faltam tampos e assentos")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17665", "374")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17665", " 3 fornos de microoondas, 2 purificadores de água, 1 máquina de lavar roupa e 1 lavadora de louças")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17664", "375")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17664", " aspirador de pó industrial")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17674", "376")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17674", " aspirador de pó industrial New Japan")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17668", "377")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17668", " lavadora tipo enceradeira")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17670", "378")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17670", " lavadora tipo enceradeira")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17669", "379")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17669", " cilindro de massas elétrico funcionando")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17666", "380")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17666", " batedeira industrial 12 Kg funcionando")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17671", "381")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17671", " Um moedor de carnes funcionando")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17690", "382")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17690", "Lote com: 2 aparedeiras pneumáticas, 13 moto serras (faltando peças), 5 roçadeiras (faltando peças), 1 moto bomba com motor estacionário Honda. diversas peças e acessórios")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17691", "383")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17691", "Empilhadeira Yale ano 89 (funcionando)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19092", "401")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19092", "Guilhotina Fermasa - 5 metros,  em funcionamento.")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19093", "402")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19093", "Ponte Rolante Vastec (5 tons). Vão de 25 metros")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19219", "501")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19219", " Caminhão Scania 113. Ano 1994")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19230", "502")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19230", " S10 4x2. Ano 2011")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19220", "503")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19220", " 10 pistões para Transbordo de diversas marcas")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19231", "504")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19231", " 10 pistões para Transbordo de diversas marcas")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19221", "505")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19221", " 10 pistões para Transbordo de diversas marcas")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19228", "506")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19228", " Peças hidráulicas diversas.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19232", "507")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19232", " Esparramadeira de adubo")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19226", "508")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19226", " Elevador de colhedora John Deere")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...111 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19229", "509")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19229", " Carretinha")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19223", "510")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19223", " Sucatas diversas (preço por quilo)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>0,70</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...121 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19225", "511")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19225", " Peças para câmbio de trator")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19227", "512")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19227", " Alongadores para trator")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...564 lines deleted...]
-      <c r="E39" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19224", "513")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19224", " Peças para motor Cummis")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F39" s="4" t="inlineStr">
-[...2238 lines deleted...]
-      </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19222", "514")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19222", " 2 Chassis de Carretinha agrícola")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>