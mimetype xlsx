--- v0 (2025-11-15)
+++ v1 (2026-03-29)
@@ -269,4123 +269,3611 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2403", "043")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2403", "TRATOR FORD 6630, ANO 1998, SERIE LU1373, FR100414, UND DOIS CÓRREGOS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2404", "044")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2404", "SUCATA E OUTROS, PESO ESTIMADO 5 TON, S/FR, UND DOIS CÓRREGOS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2405", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2405", "15 ROLOS APROX. DE LONA BORRACHA ESPECIAL PARA TANQUE DE VINHAÇA, S/FR UND. DOIS CÓRREGOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2407", "046")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2407", "TUBOS DE INOX COM FLANGE E TUBO DE FERRO EM GERAL 5T. APROX.UND DOIS CÓRREGOS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2406", "047")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2406", "CARRETINHA SERV. DIVERSOS  COR CINZA, S/FR, UND. DOIS CÓRREGOS ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2899", "1279")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2899", " PICADOR/NIVELADOR (SEM OS 2 MANCAIS), S/FR UNID.ZANIN")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2922", "1285")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2922", " BORRACHÃO S/FR, UNID. TAMOIO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3419", "1287")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3419", "GARRA HIDRÁULICA MOTOCANA 8,5T, S/FR, IMOB. 22010 UND TAMOIO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3420", "1288")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3420", "GARRA HIDRÁULICA MOTOCANA 8,5T, S/FR, IMOB 22007, UND TAMOIO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2931", "2245")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2931", "TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, FR88471, UND. BARRA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2928", "2246")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2928", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, FR88478, UND. BARRA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2930", "2247")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2930", " TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, FR88474, UND. BARRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3406", "2266")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3406", "SUBSOLADOR, CULTIVADOR, TANQUE E OUTROS, UND. DIAMANTE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3408", "2274")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3408", " CURVAS  DE  AÇO DIVERSAS MED. S/FR, UND DIAMANTE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2269", "2283")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2269", " SUCATA DE REBOQUE SEM DOCUMENTO, FR75026  UNID. DIAMANTE")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2904", "2284")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2904", " REBOQUE USICAMP 7,80 M, ANO 2006, FR88602, UNID. DIAMANTE")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2907", "2289")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2907", " REBOQUE CANA PICADA, ANO 1997, FR 70343 UND. DIAMANTE ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2905", "2302")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2905", " TROCADOR DE CALOR, PAT. 77010, S/FR, UND. DIAMANTE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3415", "2305")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3415", "  3 MAQUINA DE SOLDA MARCA BAMBOZZI, S/FR,  UND DIAMANTE")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2908", "2306")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2908", "CALDEIRA DEDINI V-2/4 32T/H 145ATM, IMOB. 103346, OUTROS ITENS, UNID DIAMANTE")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3405", "2307")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3405", "PEÇAS DE COLHEDORA JD E 12 PRATELEIRAS TIPO BANCADAS,  S/FR UND DIAMANTE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3407", "2308")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3407", "150 PRATOS APROX. S/FR UND DIAMANTE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2266", "3788")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2266", " CONEXÕES T GALVANIZADAS DE 6P 15 UND. APROX. UND BARRA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2401", "3818")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2401", "UNIFORME APROXIM, 1800 PEÇAS, S/FR UND BARRA. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2402", "3819")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2402", "2 BANCOS, MESA DE CENTRO E 2 VASOS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2415", "3820")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2415", " SUBSOLADOR,FR103230, CARROCERIA PRANCHA TIPO MUNK, S/FR, UND. BARRA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2412", "3821")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2412", " CAMINHÃO V.W 24-220 6X4, PLACA BWT3398, COR BRANCA, ANO/MOD 1994, FR 96413 CARROC TANQUE FR98864, UND BARRA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2414", "3822")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2414", " PISTÕES, CÂMBIO, E OUTROS  40 ITENS  APROX. S/FR, UND BARRA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2413", "3823")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2413", " 6 ARMÁRIOS E UM ROLO DE BORRACHA, S/FR UND. BARRA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2416", "3824")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2416", " PÁ CARREGADEIRA SUCATA, FR163550, UND BARRA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>123</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2880", "3825")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2880", " TRATOR FORD NEW HOLLAND, 6630  - RELÍQUIA - SEM USO, S/FR, UND. BARRA ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2879", "3826")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2879", " CASE MX 270 MAGNUM 4X4,  ANO 2006, FR100040, UND. BARRA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2882", "3828")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2882", " PEÇAS DIVERSAS DE TRATORES, CÂMBIOS, ENGRENAGENS E OUTROS S/FR,  UND. BARRA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2895", "3829")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2895", "22 VARIADORES, PESO ESTIMADO 10T, S/FR, UND. BARRA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>6.600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3361", "3830")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3361", " SUCATA DE FIO AUTOMOTIVO 250KG E 100KG DE OUTROS MATERIAIS, QDA. APROX. S/FR  . UND BARRA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3360", "3832")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3360", " REBOQUE FACCHINI 8,00 M, ANO 1992,PLACA BWJ4141, FR96157 UND BARRA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3359", "3833")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3359", " REBOQUE LENÇOIS 7,50 M, PLACA BJJ9915, ANO 1995, FR70313 UND BARRA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3358", "3834")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3358", " REBOQUE LENÇOIS 7,50 M, PLACA BJJ9682, ANO 1995, FR70312 UND BARRA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3356", "3835")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3356", " REBOQUE SUCATEADO, PLACA CLX7260, ANO 1997, TECTRAN 8,20M CANA INTEIRA, FR70323 UND BARRA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3362", "3836")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3362", " CAIXA FIBRA VIDRO 15000LTS. APROX. S/FR . UND BARRA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3404", "3837")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3404", "1 PHMETRO TECNOPON, BALANÇA E OUTROS, S/FR UND BARRA  ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3603", "3838")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3603", "PNEUS USADOS, S/FR, UND BARRA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2267", "4449")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2267", " 1 CARRO TRANSP. E OUTROS ITENS. UND COSTA PINTO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3413", "4460")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3413", " BANHO MARIA E BALÇÕES E OUTROS S/FR, UND COSTA PINTO ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2901", "4463")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2901", " IMPLEMENTO COBRIDOR, FR67113, UND COSTA PINTO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2902", "4469")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2902", " CENTRIFUGA DE VINHO, S/FR, UND COSTA PINTO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2271", "4472")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2271", " CARROCERIA CANA PICADA (COR VERDE) S/FR, UND COSTA PINTO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2906", "4474")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2906", " CARROCERIA CANA PICADA S/FR (AZUL) UNID COSTA PINTO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2923", "4477")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2923", " CONCHA DIANTEIRA RETRO CAT 416D UNID COSTA PINTO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2409", "4479")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2409", "SERRA DE USINAGEM, SEM Nº FROTA, UND. COSTA PINTO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2410", "4480")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2410", "TORNO CONVENCIONAL ROMI, SEM Nº FROTA, UND. COSTA PITO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>12.400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2411", "4481")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2411", "FURADEIRA DE COLUNA, SEM Nº FROTA,  UND. COSTA PINTO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3454", "4482")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3454", " GRADE LEVE, FR57015 UND COSTA PINTO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3458", "4483")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3458", " CARRETA ESP.CALC. SOLLUS, FR57238, UND COSTA PINTO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3459", "4484")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3459", " SULCADOR 4 LINHAS FAB.PROP. FR57290, UND COSTA PINTO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3457", "4485")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3457", " CARRETA SERVIÇO GERAIS, FR57301, UND COSTA PINTO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3465", "4486")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3465", " FURADEIRA DE COLUNA FUNDOYA, IMOB. BAR2-139802-0, UND COSTA PINTO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3464", "4487")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3464", " JET AÇÚCAR, S/FR  UND COSTA PINTO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3463", "4488")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3463", " TANQUE FIBRA, S/FR,  UND COSTA PINTO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3467", "4489")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3467", " CARRETA PLANTIO, S/FR PATRIM. 059131,  UND COSTA PINTO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3462", "4490")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3462", " CHARRETE TRAÇÃO ANIMAL, S/FR,  UND COSTA PINTO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3409", "5375")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3409", " 7 RASTELOS COR VERDE, S/FR, UND BONFIM")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2898", "5411")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2898", " 4  SUCATA CARROCERIA DE CANA PICADA E INTEIRA, IMOB 052316 UND BONFIM")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3410", "5430")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3410", " 2 PENEIRAS MOLECULARES S/FR, UND BONFIM")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3346", "5468")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3346", " BOTIJÕES (CILINDRO) 25 UND. DIVERSOS TAM/MOD APROXIMADAMENTE S/FR UND BONFIM")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3355", "5472")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3355", " REBOQUE FACCHINI 7,50M, PLACA BKE4566, FR121235 UND BONFIM")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3352", "5474")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3352", " REB/FACCHINI RFRBC /REB. CANA PICADA, ANO 1995, PLACA BKE4596, FR FR12260  UND BONFIM")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3423", "5475")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3423", "PORTÃO DE 5.5 DE COMPRIMENTO POR 1.5 DE ALTURA, S/FR UND BONFIM")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2917", "8256")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2917", " QUEBRA LOMBO SERMAG UND RAFARD")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2916", "8257")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2916", " CULTIVADOR FR37955, UND RAFARD")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2918", "8266")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2918", " 4 TANQUES DE AÇO NO ESTADO, S/FR UND RAFARD")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2903", "8267")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2903", " JET AÇUCAR,S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3414", "8271")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3414", "FREEZER, BANHO MARIA E OUTROS S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3416", "8276")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3416", " IMPLEMENTO ARADO, SUCATEADO S/FR, UND. RAFARD ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3417", "8277")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3417", "EQUIPAMENTOS DE COZINHA INDUSTRIAL E OUTROS S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3418", "8278")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3418", "EQUIPAMENTOS DE GINASTICA E OUTROS, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2272", "8279")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2272", "ROÇADEIRA E MOTO SERRA, S/FR UND RAFARD")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3456", "8284")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3456", " EMPILHADORA HYSTER, ANO 2000, SÉRIE H177Y4823X, FR63020, UND RAFARD")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3455", "8285")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3455", " CARRETA TORTA DE FILTRO, FRFR67069, UND RAFARD")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3461", "8286")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3461", "GARFOS CARREGADEIRA S/FR, COBRIDOR, FR67138, UND RAFARD")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3468", "8287")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3468", " 2 MAQUINAS DE SOLDA, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3470", "8289")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3470", " 3 CABINES VALTRA, S/FR, UND RAFARD")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2919", "9143")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2919", " TANQUE INDUSTRIAL, S/FR, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3460", "9145")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3460", " CAMINHÃO M.BENZ 2213 BASCULANTE, ANO 1978, FR34069, UND SÃO FRANCISCO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3421", "11415")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3421", " ESTEIRA TRANSP. DE ACUÇAR, TRANSPORTADOR,  IMOB. 112214/112594 UND SERRA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3422", "11416")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3422", "TOMBADOR CANA , S/FR UND SERRA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2909", "12111")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2909", " ENLEIRADEIRA, ANO 2009, FR134025, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2910", "12121")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2910", " CARROCERIA COMBOIO, ANO 2010, FR92092, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2911", "12123")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2911", " TRANSBORDO SANTAL 8 T, ANO 1998 FR91323, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2912", "12124")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2912", " TRANSBORDO SANTAL 8 T, ANO 1998 FR91329, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2913", "12132")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2913", " CARRETA SERV. DIVERSOS, ANO 2006 FR 92702, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2914", "12135")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2914", " CALDEIRA DE INOX, S/FR UND JUNQUEIRA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3411", "12136")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3411", " MAQUINA SOPRADORA DE FILTRO DE AR, S/FR UND JUNQUEIRA")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3412", "12152")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3412", " MÓVEIS, UTENSÍLIOS E DIVERSOS, S/FR UND JUNQUEIRA")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2915", "12166")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2915", " COBRIDOR, ANO 2008 FR92728, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3381", "12177")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3381", " ARADO, ANO 2006, SÉRIE A11L0129, FR92707, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3380", "12178")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3380", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE 02283 SMR10000, FR10130,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3379", "12179")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3379", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68279, FR10145, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3378", "12180")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3378", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68281, FR10143, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3382", "12181")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3382", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE SMR10000, FR10136,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>7.450,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3383", "12182")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3383", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE 02280 SMR10000, FR10128,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3387", "12183")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3387", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE 02281 SMR10000, FR10127,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3386", "12184")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3386", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68283, FR10144 UND JUNQUEIRA")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3389", "12185")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3389", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE SMR10000, FR10138, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3384", "12186")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3384", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68286, FR10147 UND JUNQUEIRA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>7.605,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3388", "12187")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3388", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68285, FR10140,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>8.055,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3385", "12188")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3385", " TRANSBORDO SMR 10500 10 T, ANO 2007, FR93818,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>7.005,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3394", "12189")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3394", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68284, FR10142,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3396", "12190")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3396", " TRANSBORDO SMR 10500 10 T, ANO 2007, FR93817, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3395", "12191")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3395", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE 02220 SMR10000, FR10131,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3390", "12192")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3390", " MOTO BOMBA MWM D229/6, ANO 2003, SÉRIE 229.06.188.226, FR92644, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3391", "12193")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3391", " SULCADOR 4 LINHAS, FR92729, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3393", "12194")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3393", " SULCADOR 4 LINHAS, FR92730, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3392", "12195")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3392", " SULCADOR 2 LINHAS, FR92634, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3400", "12196")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3400", " TRANSBORDO SMR 10500 10 T, ANO 2008, SÉRIE 2343 SMR10000, FR10135, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>8.950,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3401", "12197")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3401", " TRANSBORDO SANTAL VT 10T, ANO 2009, SÉRIE 68282, FR10146,UND JUNQUEIRA")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>8.350,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3397", "12198")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3397", " TRANSBORDO ATA10500 10 T, ANO 2005, SÉRIE 101073, FR173432, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>10.300,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3398", "12199")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3398", " TRANSBORDO ATA10500 10 T, ANO 2006, SÉRIE 1010172, FR173433, UND JUNQUEIRA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3399", "12200")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3399", " ADUBADEIRA, SUPER CULTIV., FR92759, FR92732 UND JUNQUEIRA")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3347", "12201")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3347", " 1 FREEZER, 3 MESAS TIPO BANHO MARIA, 2 PIAS  INOX, 2 MESAS MESAS PEQ. INOX UND JUNQUEIRA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3348", "12202")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3348", " 2 BALÇÕES GELADEIRA S/FR UND JUNQUEIRA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3351", "12203")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3351", " 1 BALANÇA, 15 MESAS,25 CADEIRAS, 200 BADEJAS, 2 PRATELHEIRAS, 20 LUMINARÁRIAS E PANELAS IND. E OUTROS S/FR UND JUNQUEIRA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3350", "12204")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3350", " 1- CALDEIRA, 1 FORNO E 2 FOGÕES INDUSTRIAL .S/FR UND. JUNQUEIRA")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2408", "15219")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2408", "RETRO ESCAVADEIRA MF 65R ANO 1971, FR139532, UND BOM RETIRO")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3472", "15221")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3472", " JET AÇÚCAR, S/FR, UND BOM RETIRO")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3469", "15222")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3469", " VALMET 1280 4X4, ANO 1992. SÉRIE 12804000449, S/FR 139342, UND BOM RETIRO")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2268", "16167")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2268", " TANQUE COMBUSTÍVEL, S/FR,  UND STª HELENA    ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...3998 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3471", "16168")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3471", " VALVULA BORBOLETA 28, S/FR, UND SANTA HELENA")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>