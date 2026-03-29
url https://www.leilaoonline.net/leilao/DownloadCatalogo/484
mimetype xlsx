--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17598", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17598", "(01) um Torno Mecânico, marca IMOR, modelo ntpn nº 18485, no qual se encontra desativada e parada, como também apresentando sinais de desgastes.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17599", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17599", "(01) uma Máquina de Moldar Peças, marca GAZZOLA, cor verde, no qual se encontra desativada e parada, como também apresentando sinais de desgastes.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17600", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17600", "(01) uma Furadeira de Bancada, marca EFRA, tipo 20, com motor , mandril em bom estado.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17601", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17601", "(01) uma Furadeira Fresadora, marca KONE, modelo ZX7045, 220 volts, nº série 0706176, cor verde.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17692", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17692", "(01) uma Furadeira, marca Kone, modelo KM38, nº série 2784, cor verde")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17602", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17602", "(01) um quadro para 21 medidores, marca LINTEMANI, medindo 2,00m x 2,00m x 0,30m em aço  carbono, pintado na cor bege, (mod.7032), para fins elétricos, que se encontra em estado de novo.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>41.650,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17603", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17603", "(01) uma Rebobinadeira, marca CAVALLARI, modelo 2000, ano de fabricação 1976 com 10 CV , capacidade para 5000kg/hora")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17604", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17604", "(01) uma Caldeira, marca ATA, Tipo H, modelo B-18, produção de vapor 3.300 kg/h, nº  de ordem 4437.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17605", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17605", "(04) Ventiladores, tipo industrial.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17606", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17606", "(01) um Torno Mecânico,  marca ROMI, modelo IMOR.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17607", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/17607", "SUSTADO - (01) uma Empilhadeira, marca YALE, modelo GLP055VXYVSE083, com nº de série A9754018750, em bom estado de uso e funcionamento.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>