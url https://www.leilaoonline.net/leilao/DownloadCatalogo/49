--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3931 +269,3443 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2548", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2548", " GERADOR DE ENERGIA 0055 KVA - CARENADO TAG A055212 ANO:  10/11/06 MOTOR/MARCA/UNIDADE MWM D229/4 GG Cramaco G2R200SA/4")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2547", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2547", " Gerador de Energia 0055 kva - Carenado TAG A055078 ANO:  2004 MOTOR/MARCA/UNIDADE MWM D229/4 GG Cramaco G2R200SA/4")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2545", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2545", " GERADOR DE ENERGIA 0055 KVA - CARENADO TAG A055210 ANO:  10/11/06 MOTOR/MARCA/UNIDADE MWM D229/4 GG Cramaco G2R200SA/4")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2550", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2550", " GERADOR DE ENERGIA 0080 KVA - CARENADO TAG A080089 ANO:  5/26/06 MOTOR/MARCA/UNIDADE MWM D229/6 GG Cramaco G2R200SD/4")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2546", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2546", " GERADOR DE ENERGIA 0150 KVA - CARENADO TAG A150015 ANO:  3/15/06 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R280SB/4")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2549", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2549", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG A180085 ANO:  6/2/05 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R280SB/4")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2556", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2556", " Gerador de Energia 0500 kva - Silenciado TAG A500006 ANO:  3/30/07 MOTOR/MARCA/UNIDADE Scania DC1253A Weg GTA315MIBM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2551", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2551", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210008 ANO:  2008 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2555", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2555", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210002 ANO:  2006 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD011A")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2553", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2553", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210020 ANO:  2009 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2554", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2554", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210015 ANO:  7/28/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2552", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2552", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040852 ANO:  2010 MOTOR/MARCA/UNIDADE Kubota D1105 BG ET01 Pancake 201CSA5421")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2557", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2557", " GERADOR DE ENERGIA 0015 KVA - SILENCIADO TAG A015003 ANO:  2010 MOTOR/MARCA/UNIDADE Yanmar 3TNV88 Weg GTA161AIHI")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2558", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2558", " GERADOR DE ENERGIA 0022 KVA - SILENCIADO TAG A022038 ANO:  2010 MOTOR/MARCA/UNIDADE Yanmar 4TNV88 Weg GTA161AIHI")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2560", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2560", " Gerador de Energia 0025 kva - Silenciado TAG A025038 ANO:  2009 MOTOR/MARCA/UNIDADE Cummins X25G4 Stanford ES20D6")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2559", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2559", " Gerador de Energia 0025 kva - Silenciado TAG A025040 ANO:  2009 MOTOR/MARCA/UNIDADE Cummins X25G4 Stanford ES20D6")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2561", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2561", " GERADOR DE ENERGIA 0100 KVA - SILENCIADO TAG A100012 ANO:  6/13/06 MOTOR/MARCA/UNIDADE Perkins 1104A-44TG2  Olympian LL2014L")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2562", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2562", " GERADOR DE ENERGIA 0150 KVA - CARENADO TAG GA150102 MOTOR/MARCA/UNIDADE MWM 6.10TCA Weg GTA251AIHD")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2563", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2563", " GERADOR DE ENERGIA 0150 KVA - CARENADO TAG IA150101 ANO:  7/17/07 MOTOR/MARCA/UNIDADE MWM 6.10TCA Weg GTA251AIHD")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2565", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2565", " GERADOR DE ENERGIA 0180 KVA - CARENADO TAG GA180128 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R280SB/4")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2564", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2564", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG GA180106 MOTOR/MARCA/UNIDADE MWM 6.10TCA Weg GTA250MI33")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2567", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2567", " Gerador de Energia 0180 kva - Silenciado TAG A180045 ANO:  2001 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R280SB/4")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2566", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2566", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG GA180130 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R280SB/4")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2576", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2576", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG GA180103 ANO:  6/21/07 MOTOR/MARCA/UNIDADE Perkins 2334/1800 Olympian GEP188")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2568", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2568", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG FA180010 ANO:  10/11/01 MOTOR/MARCA/UNIDADE MWM 6.10TCA Weg GTA250MI33")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2569", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2569", " Gerador de Energia 0290 kva - Silenciado TAG GA290101 MOTOR/MARCA/UNIDADE Mercedes Benz OM447-A Cramaco G2R280MA/4")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2571", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2571", " Gerador de Energia 0450 kva - Carenado TAG A450019 ANO:  2001 MOTOR/MARCA/UNIDADE Cummins NTA-855G3 Cramaco G2R315SA/4")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2572", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2572", " Gerador de Energia 0450 kva - Silenciado TAG A450027 ANO:  2001 MOTOR/MARCA/UNIDADE Scania DSC1158 Weg GTA315SI25")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2573", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2573", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680004 ANO:  8/26/08 MOTOR/MARCA/UNIDADE Volvo D2.0A Volvo MC70B")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2570", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2570", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680029 ANO:  7/7/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2574", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2574", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA TAG MC680035 ANO:  7/12/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2575", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2575", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040005 ANO:  2007 MOTOR/MARCA/UNIDADE Lombardine LDW10036E Melo Ahe Spa LTC4L")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2577", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2577", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4041113 ANO:  2007 MOTOR/MARCA/UNIDADE Lombardine LDW10036E Melo Ahe Spa LTC4L")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2578", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2578", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4041130 ANO:  2007 MOTOR/MARCA/UNIDADE Lombardine LDW10036E Melo Ahe Spa LTC4L")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2579", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2579", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040564 ANO:  2010 MOTOR/MARCA/UNIDADE Kubota D1105 BG ET01 Pancake 201CSA5411")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2580", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2580", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4042132 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2582", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2582", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4042264 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2581", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2581", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4042408 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2583", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2583", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4042579 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2584", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2584", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4042377 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2585", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2585", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040138 ANO:  2008 MOTOR/MARCA/UNIDADE Mitsubishi L3E Pancake 201 CSA5411 ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2587", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2587", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040985 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2586", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2586", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040022 ANO:  2007 MOTOR/MARCA/UNIDADE Mitsubishi L3E Pancake 201 CSA5411 ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2589", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2589", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040679 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2590", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2590", " Gerador de Energia 0080 kva - Carenado  TAG A080065 ANO:  2004 MOTOR/MARCA/UNIDADE MWM D229/6 GG Weg GTA200SI17")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2588", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2588", " GERADOR DE ENERGIA 0100 KVA - SILENCIADO TAG IA100103* ANO:  6/19/07 MOTOR/MARCA/UNIDADE Perkins 1104A-44TG2  Olympian LL2014L")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2591", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2591", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG GA180102 ANO:  9/29/07 MOTOR/MARCA/UNIDADE Perkins 2334/1800 Olympian GEP188")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2595", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2595", " GERADOR DE ENERGIA 0450 KVA - CARENADO TAG GA450103 ANO:  12/1/00 MOTOR/MARCA/UNIDADE Cummins NTA-855G3 Cramaco G2R315SA/4")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2594", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2594", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 3.600 kg TAG MZ014018 ANO:  2011 MOTOR/MARCA/UNIDADE Perkins RG38557 Genie GTH-844")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2602", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2602", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 4.500 kg TAG MT014001 ANO:  9/24/08 MOTOR/MARCA/UNIDADE Perkins 1900 Terex GTH-4514")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2599", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2599", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.000 kg TAG MT017005 ANO:  2010 MOTOR/MARCA/UNIDADE Deutz BF4M2012 Haulote HTL-4017")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2600", "058")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2600", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680016 ANO:  5/8/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2603", "059")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2603", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680028 ANO:  7/7/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2604", "060")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2604", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210031 ANO:  2010 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2605", "061")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2605", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210036 ANO:  2010 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2606", "062")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2606", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210041 ANO:  2010 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2608", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2608", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210029 ANO:  6/7/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2609", "064")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2609", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210038 ANO:  7/21/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2610", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2610", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210042 ANO:  8/2/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2607", "066")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2607", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040786 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2611", "067")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2611", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210009 ANO:  2008 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2612", "068")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2612", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210027 ANO:  2009 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2613", "069")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2613", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210026 ANO:  11/26/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2618", "070")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2618", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210028 ANO:  11/26/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2614", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2614", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040805 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2619", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2619", " Compressor de Ar Diesel – 150 PCM 08 bar TAG DG150002 ANO:  5/7/04 MOTOR/MARCA/UNIDADE MWM D229/3 GG Atlas Copco XAS76")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2616", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2616", " Compressor de Ar Diesel – 150 PCM 08 bar TAG DG150004 ANO:  5/7/04 MOTOR/MARCA/UNIDADE MWM D229/3 GG Atlas Copco XAS76")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2615", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2615", " Compressor de Ar Diesel – 365 PCM 08 bar TAG DG365011 ANO:  4/22/98 MOTOR/MARCA/UNIDADE MWM D.10.T Atlas Copco XA175")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2617", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2617", " Gerador de Energia 0055 kva - Carenado TAG FA055007 MOTOR/MARCA/UNIDADE MWM D229/4 GG Cramaco G2R200SA/4")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2620", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2620", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG FA180030 ANO:  2008 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R250MD/4")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2621", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2621", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO TAG AA180014 ANO:  12/6/07 MOTOR/MARCA/UNIDADE MWM 6.10TCA Cramaco G2R250MD/4")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2625", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2625", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680021 ANO:  5/8/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2626", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2626", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA TAG MC680042 ANO:  8/5/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2623", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2623", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA TAG MC680041 ANO:  2010 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2627", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2627", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA TAG MC680032 ANO:  7/7/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2622", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2622", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RRC210002 ANO:  9/22/06 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD11A")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2624", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2624", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210016 ANO:  7/28/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2628", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2628", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RRC210003 ANO:  11/9/06 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD11A")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2631", "085")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2631", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210001 ANO:  2007 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2629", "086")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2629", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210006 ANO:  7/23/08 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2630", "087")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2630", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RRC210013 ANO:  6/10/08 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2633", "088")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2633", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG FRC210003 ANO:  9/6/07 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD011A")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2632", "089")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2632", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210005 ANO:  2008 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2634", "090")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2634", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RRC210012 ANO:  2008 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2636", "091")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2636", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RRC210014 ANO:  2008 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2637", "092")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2637", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210017 ANO:  7/28/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2635", "093")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2635", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG FRC210005 ANO:  9/24/08 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2638", "094")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2638", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG PRC210007 ANO:  8/1/08 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2639", "095")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2639", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210021 ANO:  8/11/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2643", "096")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2643", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040903 ANO:  10/19/10 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2640", "097")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2640", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4041017 ANO:  11/17/10 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2642", "098")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2642", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4041096 ANO:  12/3/10 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2645", "099")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2645", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4042053 ANO:  6/28/11 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2644", "100")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2644", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040046 ANO:  6/4/08 MOTOR/MARCA/UNIDADE Mitsubishi L3E Pancake 201 CSA5411 ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2641", "101")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2641", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4041069 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2646", "102")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2646", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040232 ANO:  2008 MOTOR/MARCA/UNIDADE Mitsubishi L3E Pancake 201 CSA5411 ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2653", "103")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2653", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040047 ANO:  2008 MOTOR/MARCA/UNIDADE Mitsubishi L3E Pancake 201 CSA5411 ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2652", "104")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2652", " Compressor de Ar Diesel – 260 PCM 08 bar TAG RG260001 ANO:  1999 MOTOR/MARCA/UNIDADE MWM 4.10 T Atlas Copco XA125")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2650", "105")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2650", " Gerador de Energia 0025 kva - Silenciado TAG A025042 ANO:  2009 MOTOR/MARCA/UNIDADE Cummins X25G4 Stanford ES20D6")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2647", "106")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2647", " Gerador de Energia 0025 kva - Silenciado TAG A025010 ANO:  6/24/08 MOTOR/MARCA/UNIDADE Cummins X25G4 Stanford ES20D6")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2648", "107")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2648", " GERADOR DE ENERGIA 0140 KVA - SILENCIADO TAG A140163 ANO:  2010 MOTOR/MARCA/UNIDADE Cummins 6BTA.G6 Stanford UC1274D1L788D")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2649", "108")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2649", " GERADOR DE ENERGIA 0150 KVA - CARENADO TAG A150048 ANO:  3/22/07 MOTOR/MARCA/UNIDADE MWM 6.10TCA Weg GTA251AIHD")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2651", "109")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2651", " GERADOR DE ENERGIA 0450 KVA - CARENADO TAG GA450111 MOTOR/MARCA/UNIDADE Cummins NTA-855G3 Stanford Newage")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2654", "110")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2654", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680025 ANO:  2010 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2656", "111")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2656", " MINI CARREGADEIRA DIESEL - 680kg TAG MC680015 ANO:  5/8/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2658", "112")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2658", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA TAG MC680038 ANO:  8/5/10 MOTOR/MARCA/UNIDADE Case ISM 422T/M3 Case 410 Série 3")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2655", "113")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2655", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG NRC210001 ANO:  6/14/07 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2659", "114")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2659", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG GRC210103 ANO:  6/9/08 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2657", "115")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2657", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210024 ANO:  10/23/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2662", "116")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2662", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210025 ANO:  10/23/09 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2663", "117")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2663", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210037 ANO:  7/21/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2660", "118")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2660", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210040 ANO:  8/2/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2664", "119")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2664", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON TAG RC210035 ANO:  7/7/10 MOTOR/MARCA/UNIDADE Honda GX 610 Wacker RD12A-90")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2661", "120")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2661", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040275 ANO:  2009 MOTOR/MARCA/UNIDADE Lombardine 6A37E3 Wacker LTN6L")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...15 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2666", "121")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2666", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts TAG IE4040427 ANO:  2010 MOTOR/MARCA/UNIDADE Lombardine 6A37E3 Wacker LTN6L")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...15 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2665", "122")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2665", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. TAG IE4040984 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
+      <c r="E126" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...15 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2667", "123")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2667", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040284 ANO:  2009 MOTOR/MARCA/UNIDADE Lombardine 6A37E3 Wacker LTN6L")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
+      <c r="E127" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...15 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2668", "124")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2668", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040590 ANO:  2010 MOTOR/MARCA/UNIDADE Kubota D1105 BG ET01 Pancake 201CSA5411")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
+      <c r="E128" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...47 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2671", "125")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2671", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4040905 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2669", "126")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2669", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4041055 ANO:  2010 MOTOR/MARCA/UNIDADE Kohler KDW1003GE WACK Wacker LTN6L")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D32" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2670", "127")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2670", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4042352 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...324 lines deleted...]
-      <c r="F42" s="4" t="inlineStr">
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-[...2846 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2672", "128")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2672", " TORRE DE ILUMINAÇÃO DIESEL- 4000 Wats X 9mts TAG IE4042407 ANO:  2011 MOTOR/MARCA/UNIDADE Kohler LDW1003GE Wacker LTN6L")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>