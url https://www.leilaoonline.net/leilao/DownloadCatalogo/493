--- v0 (2025-11-15)
+++ v1 (2026-03-29)
@@ -269,4891 +269,4283 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19339", "2306")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19339", "CALDEIRA DEDINI V-2/4 32T/H 145ATM, IMOB. 103346, OUTROS ITENS, UNID DIAMANTE")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19146", "3338")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19146", " CAMINHÃO VW/BMB 31.320 CNC CM 6X4, ANO 2010, PLACA EAJ9131, FR96488, UND BARRA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19269", "3474")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19269", " 1 ESTEIRA DE BORRACHA 8 mts APROX, PATR. 193756, UND BARRA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19270", "3478")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19270", " DESENLEIRADOR DE PALHA, FR103435, UND BARRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19145", "3497")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19145", " 3 MAQUINAS DE SOLDA BAMBOZZI, 7 ESMERILHADEIRA E 1 FURADEIRA, S/FR, UND BARRA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19151", "3498")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19151", " CAMINHÃO M.B./M.BENZ L 2213, ANO 1980, (VENDA SEM O TANQUE), PLACA BWQ5247, FR96401, UND BARRA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19157", "3499")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19157", " TANQUE DE FIBRA COM BOMBA, FR98643, UND BARRA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19153", "3500")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19153", " SUCATA DE CAMINHÃO VW/26.220, ANO 2010,  (SEM DIREITO A DOCUMENTO), FR96621, UND BARRA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19149", "3501")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19149", " CARROCERIA COMBOIO MARCAR TANKAR, S/FR, UND BARRA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19158", "3502")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19158", " TRATOR M. FERGUNSON 7140, ANO 2010, FR102953, UND BARRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>77.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19154", "3504")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19154", " CAMINHÃO M.BENZ/L 2635 6X4 COM TANQUE, ANO 1996, PLACA BUR9941, FR72891/98646, UND BARRA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19155", "3505")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19155", " HIDRO HOLL, FR107308, UND BARRA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19147", "3506")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19147", " CARROCERIA TANQUE, FR98525, 10 A 12000 MIL LTS DE CAP, UND BARRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19148", "3507")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19148", " 2 CANHÓES E MANGUEIRAS, FR UND BARRA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19150", "3508")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19150", " GRADES ARADORA COM 16 DISCOS, FR103109, UND BARRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19144", "3509")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19144", " DOLLY, PATR.72873, FR8014,(VENDA SEM DOCUMENTO), UND BARRA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19152", "3510")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19152", " TRATOR FORD 5630, ANO 1998, SÉRIE LU1371, FR100397, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>30.300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19159", "3511")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19159", " PAINEL ELÉTRICO, PATR. 201109, UND BARRA CASA BOMBA Pau D`Alho")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19160", "3512")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19160", " 28 PEÇAS INOX (CONEXÕES,TUBOS), S/FR UND BARRA CASA BOMBA PAU D`ALHO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19156", "3513")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19156", " CONEXÕES, ABRAÇADEIRAS DE ALUMÍNIO, 2 BOMBAS PATR.56614/99012, 4 VALVULAS E PARTES, UND BARRA CASA BOMBA PAU D`ALHO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.450,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19161", "3514")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19161", " 2 FOLHA DE PORTA BLINDEX E 20 PEÇAS DE VIDRO E PARTES DE MONTAGEM EM ALUMINIO, UND BARRA CASA BOMBA PAU D`ALHO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19241", "3515")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19241", "1 CADEIRA DE DENTISTA AZUL, 1 BALANÇA DE 150 KG FILIZOLA, 3 LAMPADAS E 5 MACAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19242", "3516")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19242", "DIVERSOS MATERIAL PARA RESTAURANTE, 1 CAMARA FRIA, 6 BALCÕES/CUBA, 1 BALCÃO DE SALADA, S/FR, UND BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19243", "3517")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19243", "SUCATA DE INFORMÁTICA DIVERSAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19244", "3518")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19244", "DIVERSOS MÓVEIS - BEBEDOURO, AR CONDICIONADO, FOGÃO, MAQ. LAVAR E OUTROS, S/FR, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19345", "3519")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19345", "49 PNEUS USADOS, S/FR, UND BARRA  - MEDIDAS VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.950,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19251", "4730")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19251", " CARRETA SERVIÇOS DIVERSOS, FR1908, UND PARAÍSO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19340", "4789")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19340", "EMPILHADEIRA HYSTER, ANO 2006, FR390020, (SEM BOTIJÃO), UND PARAÍSO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>35.800,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19476", "4791")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19476", "1 PNEU Nokian Countri King, Nº Fogo: 52333, Modelo: 650/50R 22.5 Dot: 4812, SÉrie: 20, UND BROTAS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19254", "5640")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19254", "TELHAS FRANCESAS, PISOS DE CIMENTO E TIJOLOS, UND SANTA CANDIDA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19311", "11539")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19311", " CAMINHÃO VW/15.180 EURO3 WORKER COMBOIO, 6 CILINDROS, 2008/2009, FR40203/42340, PLACA EAM8481, UND SERRA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>47.900,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19276", "11646")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19276", " CARRETA DE TORTA, SOLLUS, FR122281, UND SERRA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19274", "11648")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19274", " DOLLY GOYDO,FR10266, (SEM DOCUMENTO), UND SERRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19275", "11651")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19275", " CAIXOTE DE TRANSBORDO SANTAL 12T, FR38336, ( APENAS O CAIXOTE), UND SERRA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19321", "11657")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19321", " TRATOR JONH DEERE 5403 4X4 TURBO, 2007 .FR360652, UND. SERRA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19324", "11658")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19324", " MOTO BOMBA OM 352, FR128062, UND SERRA ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19322", "11659")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19322", " MOTO BOMBA OM 352, FR117067 ,UND SERRA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19328", "11660")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19328", " TANQUE DE FIBRA 20.000 lts  APROX., S/FR, UND SERRA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>16.900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19326", "11661")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19326", " CARROCERIA COMBOIO TRUCK , S/FR, UND SERRA ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19323", "11662")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19323", " TANQUE DE FIBRA  10.000 lts, S/FR, UND SERRA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19312", "11663")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19312", "TRATOR VALTRA BH 210 I, 4X4, ANO 2014, FR88191, UND SERRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>91.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19313", "11664")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19313", "TRATOR VALTRA BH 210 I, 4X4, ANO 2015, FR188944, UND SERRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19314", "11665")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19314", "TRATOR VALTRA BH 210 I, 4X4, ANO 2014, FR88144, UND SERRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>247</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19315", "11666")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19315", "TRATOR VALTRA BH 210 I, 4X4, ANO 2014, FR88148,  UND SERRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>92.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19329", "11668")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19329", " CADEIRA ODONTOLÓGICA DABI MODELO CROMA, COMPRESSOR DE AR, ULTRASONIC RX, S/FR, UND SERRA ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19343", "12301")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19343", "1 CADEIRA DENTISTA, 1 ESTUFA, 1 CX REVELADORA E 2 COMPRESSORES, S/FR, UND JUNQUEIRA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19344", "12302")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19344", "1 MEDIDOR DE NÍVEL MDM 200 MT E 1 CORTADOR DE GRAMA, FR107191, UND JUNQUEIRA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19279", "13015")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19279", " CARRETA ABRIGO FRAB. PRÓPRIA, FR361999, UND ZANIN")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19327", "13031")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19327", " ONIBUS M.BENZ/OF 1620, 1995, PLACA HQR7093,  FR360331, UND ZANIN ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19319", "13032")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19319", " 50 COTAS VAZIAS DE EXTINTOR DIVERSOS, APROX. S/FR, UND ZANIN")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19317", "13033")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19317", " 1 FREEZER , 1 BEBEDOURO, S/F, UND. ZANIN")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19318", "13034")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19318", " 2 FRIGOBAR, 1 PHMETRO, S/FR, UND. ZANIN")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19332", "13035")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19332", " PICADOR CANA C/ REDUTORES, PESO APROX. 8000 KILOS (VENDA POR KG.) ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>0,72</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19325", "13036")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19325", " SUCATA TUBOS DE VINHAÇA, CAPO DE COLHEDORA APROX. 15 unds., COBERTURAS TORRE DE RESFRIAMENTO, S/FR, UND ZANIN ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19320", "13037")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19320", "1 MOTOR ELÉTRICO, 75 CV WEG TRIFÁSICO , UND ZANIN ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19330", "13038")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19330", " MOTORES DIVERSOS,  APROX. 58 UNDS, S/FR, UND ZANIN")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>17.450,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19331", "13039")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19331", " 40 TUBOS DIVERSOS, C/ APROX. 6,00 M. CUMPRIMENTO, UND. ZANIN ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19341", "13040")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19341", "2 CAPOTAS DE VW/SAVEIRO, S/FR, UND ZANIN")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19342", "13041")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19342", "2 BANCADA DE SERVIÇO SEM MONTAR, S/FR, UND ZANIN")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19273", "14001")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19273", "R/GUERRA AG CV 8,20 M, ANO 2009, FR82612, PLACA DXX0388, UND ZANNIN")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19280", "15316")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19280", " CARRETA DISTRIBUIDORA DE CALCAREO, FR122309, UND BONFIM")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19298", "15335")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19298", " TANQUE DE FIBRA DE VIDRO 15.000 LTS, UND. BONFIM")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19299", "15336")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19299", " 18 TALISCA DE ESTEIRA, S/FR, UND BONFIM")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19291", "15337")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19291", " 2 EIXO DE MOENDA, APROX. 10 TON. (VENDA POR KG) S/FR, UND BONFIM ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19292", "15338")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19292", " 3 DESFIBRADOR, S/FR, UND BONFIM ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19302", "15339")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19302", " ENGRENAGEM DE MOENDA ( 2 unidades) S/FR, UND BONFIM")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19296", "15340")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19296", " 22 PENTES DIVERSOS, S/FR, UND BONFIM")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19305", "15341")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19305", " 3 TANQUES DE FIBRA DE VIDRO-( 2 DE 20.000LTS,  E 1 DE 1.500 lts, UND BONFIM")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>13.100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19304", "15342")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19304", " PARTE DA COLUNA LAVADOR GASES, S/FR, UND BONFIM")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19294", "15343")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19294", " SUCATA DE FIBRA DE VIDRO DIVERSAS, S/FR, UND BONFIM")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19295", "15344")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19295", " LONA PRETA PARA ESTEIRA - 50 MTS APROOX., SF,  LOC. UND. BONFIM")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.050,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19301", "15345")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19301", " PEÇAS DIVERSAS AÇO CARBONO - APROX. 7000 kilos, ( VENDA POR KG), S/FR, UND BONFIM")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>0,72</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19309", "15346")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19309", "1 TANQUE CILÍNDRICO, DIM. 1600MM, S/FR, UND BONFIM")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19307", "15347")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19307", "1 TANQUE CILÍNDRICO, DIM. 1600MM, S/FR, UND BONFIM")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19308", "15348")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19308", "1 TANQUE CILINDRICO, DIM. 1600MM, SF , LOC. UND. BONFIM")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19303", "15349")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19303", "1 TANQUE CILÍNDRICO, S/FR, UND BONFIM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19310", "15350")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19310", "1 TANQUE CILÍNDRICO, DIM.1800MM,  S/FR, UND BONFIM")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19306", "15351")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19306", "1 TANQUE CILÍNDRICO, DIM. 1800MM, S/FR, UND BONFIM")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19297", "15353")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19297", " MOTO BOMBA, FR119042, UND BONFIM")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19290", "16000")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19290", "MÓVEIS E UTENSÍLIOS EM GERAL S/F - UND S. HELENA ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19245", "16077")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19245", "1 VENTILADOR E 1 EXAUSTOR, PATR. 207991/208215, UND S. HELENA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19285", "20011")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19285", "145 PLACAS DE FILTER PLATES, POLIPROPILENO, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19263", "20012")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19263", " 195 - TELA FILTR PREN, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19264", "20013")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19264", " 2 - JUNTA EXP CR FL 42" 305MM, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19265", "20014")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19265", " 30 - RETENTOR TURCON T05HM, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19266", "20015")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19266", " 19 - ELEMENTO FILTR IND TELA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19267", "20016")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19267", " 10 - MOTORES ELÉTRICOS E 1 VARIADOR, PATR. 164889/057195/067226/056116, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19283", "21026")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19283", " CARROCERIA CANA INTEIRA MARCA BACHIEGA, FR65034, UND RAFARD")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>6.150,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19282", "21027")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19282", " CARROCERIA CANA INTEIRA MARCA BACHIEGA, FR65032, UND RAFARD")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19261", "21059")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19261", " DIVERSOS: BANCADAS, BALÇÕES, MOVEIS E UTENSÍLIOS...., S/FR, UND RAFARD  RAFARD  /SP")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19262", "21062")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19262", " DIVERSOS: PEÇAS CAT P/ CAMINHÕES, CARRETAS, IMPLEMENTOS, UND RAFARD  RAFARD  /SP")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19249", "21067")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19249", " 40 Toneladas SUCATA DE TUBOS DE INOX FERROSO 430 (lance por kilo)  PESO estimado, UND RAFARD ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19272", "21068")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19272", "2 TANQUES P/ MISTURAS 5 FILTROS DE ÁGUA E 3 TANQUES DE PVC, S/FR, UND RAFARD  ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19286", "21069")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19286", "2500 ITENS APROX., ENGRENAGEM, GAXETAS E OUTROS, VEJA DESCRITIVO DE ITENS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19287", "21070")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19287", "13 ITENS DIVERSOS - PINHÃO ENGRENAGEM - VEJA DESCRITIVO DE ITENS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19288", "21071")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19288", "26 ITENS DIVERSOS - ANEL, ROTOR E OUTROS, VEJA DESCRITIVO DE ITENS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19289", "21072")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19289", "890 ITENS PEÇAS SCANIA E CAT E OUTROS, VEJA DESCRITIVO DE ITENS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19173", "21074")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19173", " CAMINHÃO VW 15.180 EURO3 WORKER COMBOIO, 2011/2012,PLACA EZW3012,  FR140244/139283, UND RAFARD")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>248</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>112.750,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19175", "21075")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19175", " CAMINHÃO VW 26.220 EURO3 WORKER 6X4 TRANSBORDO, 2010, PLACA EAJ9294, FR98662/96627, UND RAFARD")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19179", "21077")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19179", " CARROCERIA TANQUE FIBRA 10 A 12 MIL LTS APROX, FR34049, UND RAFARD")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19177", "21078")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19177", " M.BENZ ONIBUS OF1318, 1995, PLACA GRO3181, FR139217, UND RAFARD")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19181", "21079")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19181", " DOLLY ANTONINI, FR139680, ( SEM DOCUMENTO) UND RAFARD")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19184", "21080")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19184", " 3 ROLOS DE BORRACHAS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19183", "21081")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19183", " VENTILADOR AIR CLIMA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19185", "21082")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19185", " CARROCERIA CANA INTEIRA, FR37880, UND RAFARD")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19186", "21083")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19186", " CARROCERIA CANA INTEIRA, FR67341, UND RAFARD")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19174", "21084")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19174", " CAIXOTE DE CANA PICADA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19182", "21085")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19182", " CARROCERIA (TIPO FUERO GUARDA BAIXA), FR67341, UND RAFARD")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19178", "21086")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19178", " TUBOS DE EVAPORAÇÃO E PVC, S/FR, UND RAFARD")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19218", "22010")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19218", "IMPLEMENTO SERMAG C/ PISTÃO, ANO 2011, SÉRIE 10004 E 1 GERADOR, FR57521/39063, UND S. HELENA")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19201", "22011")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19201", " DISTRIBUIDORA DE ADUBO ORG DAOL5000, FR25437, UND S. HELENA")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19187", "22012")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19187", " CARRETA SERV. DIVERSOS, PATR.59163, fr3453, UND S. HELENA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19206", "22013")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19206", " MOTO BOMBA. FR23704, UND S. HELENA")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>9.350,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19197", "22014")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19197", " ADUBADEIRA JM3520SH JUMIL, S/FR57303, UND. S. HELENA")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19200", "22015")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19200", "  4 TANQUES VERDE DE IMPLEMENTO, S/FR, UND S.HELENA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19215", "22016")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19215", " ROÇADEIRA HIDRÁULICA, FR25701, UND S. HELENA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19202", "22017")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19202", " CAMINHÃO VW / 31.320 CNC CM 6X4, ANO 2010, PLACA EFR2601, FR22325, UND S. HELENA")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19212", "22018")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19212", " S.REBOQUE SR/RANDON SR CA, ANO 2003, COM (DOLLY SEM DOCUMENTO), PLACA HXU0868, FR112492/22602, UND S. HELENA")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19194", "22019")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19194", " TANQUE DE FIBRA, FR57521, UND S. HELENA")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19216", "22020")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19216", " DOLLY USICAMP, ANO 2009, SEM DOCUMENTO, FR56899, UND S. HELENA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19210", "22021")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19210", " LANCADOR CENTRIF JETSLINGER 150/TH CAP. 150T/H, PATR.60623, IMOB. 234696, UND S. HELENA")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19208", "22022")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19208", " TANQUE DE FIBRA TIGRE FIBRA, S/FR, UND S. HELENA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19196", "22023")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19196", " IMPLEMENTO AGRICOLA (TIPO COBRIDOR), FR25609, UND S. HELENA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19199", "22024")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19199", " CARROC.TANQUE COMBATE INC, FR26079, UND S. HELENA")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19192", "22025")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19192", " CULTIVADOR, FR25070/25012, UND S. HELENA")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19204", "22026")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19204", " 2 ENLEIRADEIRA FABR. PRÓPRIA, FR25207/25200, ( SENDO 1 APENAS O QUADRO), UND S. HELENA ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19198", "22027")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19198", " REB/ANTONINI  7,60 M,, ANO 1993, PLACA BIJ3903, FR36034, UND S.HELENA")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19195", "22028")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19195", " TANQUE FIBRA VERDE CAP. 8 A 10 MIL LTS, S/FR, UND S. HELENA")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19207", "22029")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19207", " TANQUE AÇO E 1 CX. DE FIBRA VERDE, S/FR, UND S.HELENA")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19193", "22030")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19193", " CENTRIFUGA PATR.169275, FR173864, UND. S. HELENA")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19188", "22031")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19188", " CARRETA TRANS.TUBOS RAESA, FR25429, UND S. HELENA ")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19191", "22032")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19191", " CARRETA TORTA DE FILTRO, FR25417, UND S. HELENA")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19214", "22033")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19214", " CARRETA TORTA DE FILTRO, FR25435, UND S. HELENA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19209", "22034")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19209", " CARRETA TORTA DE FILTRO, FR25416, UND S. HELENA")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>7.350,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19213", "22035")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19213", " CARRETA CALCAREO SOLLUS, FR25308, UND S. HELENA")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19205", "22036")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19205", " 2 CULTIVADOR ( 3 E 4 LINHAS), FR25020, S/FR, UND S.HELENA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19211", "22037")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19211", " COBRIDOR 3 LIN DMB. FR139924, UND S. HELENA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19237", "22038")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19237", "IMPLEMENTO ELIMINADOR DE SOQUEIRA DMB 2 LINHAS, FR57258, PATR.55815, UND S. HELENA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19190", "22039")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19190", " CARRETA TRANS.TUBOS, FR25442, UND S. HELENA ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19203", "22040")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19203", " CARRETA TRANSPORTE TUBOS, FR25661, UND S. HELENA ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19217", "23011")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19217", " VALTRA BH180 4X4, ANO 2004, FR61012, UND S. FRANCICO")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19346", "23012")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19346", "BORRACHA, S/FR, UND S.FRANCISCO")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19169", "24047")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19169", " TRATOR M. FERGUNSSON 297 4X4, FR30040, ANO 1993, UND BOM RETIRO")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19165", "24048")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19165", " CAMINHÃO SCANIA P124 CB 6X4 NZ 420 CANA INTEIRA, 2000/2001, PLACA DBU4789, FR52883/57519, UND BOM RETIRO")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19171", "24049")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19171", " VALTRA BM 110 4X4, ANO 2006, SÉRIE BM114625102, FR139549, UND BOM RETIRO")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19162", "24050")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19162", " TRATOR PNEUS VT 1680 4X4,  SÉRIE 1680H00006, ANO 1996, FR50884, UND BOM RETIRO")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19168", "24052")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19168", " 1 GRADE NIVELADORA, FR67023, UND BOM RETIRO")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19167", "24053")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19167", " GRADE PARA 18 DISCOS -(CONTÉM APENAS 9 DISCOS), FR139840, UND BOM RETIRO")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>13.050,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19170", "24054")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19170", " 2 GRADE NIVELADORA, FR67090/37076 SENDO 1 COM 28 DISCOS E OUTRA SÓ O QUADRO, UND BOM RETIRO")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19172", "24055")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19172", " 1 MOTOR, CARDANS, 4 MACACOS JACARE, 2 BANCADAS E DISCOS, VENDA COMO SUCATA, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19163", "24056")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19163", " 14 ITENS - 4 DOSADOR, 3 SOBRADOR, 1 VOLUTA, 1 MOTOR, 3 BOMBAS E 2 REDUTOR, PATRIM.50964/053384, UND BOM RETIRO")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19166", "24057")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19166", " PEÇAS SEM USO (MRO), S/FR, UND BOM RETIRO VEJA DESCRITIVO DE ITENS ( PRATELHEIRAS NÃO FAZ PARTE DO LOTE)")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>