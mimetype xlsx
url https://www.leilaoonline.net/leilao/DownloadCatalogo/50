--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2888", "201")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2888", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2932", "202")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2932", " HYUNDAI, I 30 2.0, 2011/2012, PRATA, GASOLINA; APR0X. 55.000KM;")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2890", "204")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2890", " VW, GOL CL, 1991/1991, GASOLINA, AZUL, TURBO LEGALIZADO; ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2933", "205")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2933", " LAND ROVER; FREELANDER; 2004/2004, GASOLINA, PRETA; ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2938", "208")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2938", " I; HYUNDAI SANTA FE V6; 2008/2009; GASOLINA; PRETA; ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2892", "212")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2892", " GM/CLASSIC LS, ANO 2010/2011, COR BEGE, FLEX;")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2935", "213")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2935", " GM; OMEGA GL; 1993/1994; GASOLINA; CINZA;")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2937", "215")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2937", " CITROEN; C3 EXCL 14 FLEX; 2007/2008; PRATA; ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2893", "220")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2893", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA; ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2934", "221")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2934", " DAFRA; SPEED 150 CARGO; 2009/2010; AMARELA; ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2944", "222")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2944", " VW, JETTA 2.5, ANO 2009/2009, COR PRETA, ALCO/GASOLINA;")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2942", "223")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2942", " FIAT, PALIO WEEKEND ADVENTURE FLEX, ANO 2009/2010, COR BEGE, ALCO/GASOLINA;")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2887", "225")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2887", "HONDA FIT. 1.4 LX. ANO/MOD. 13/14, COMB. FLEX. COR CINZA,")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2896", "226")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2896", "VW FOX 1.0, COR PRETA, ANO/MOD 07/08")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2897", "227")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2897", "FIAT. DOBLO EX, 7 LUGARES, ANO/MOD 02/02, COR CINZA.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2920", "228")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2920", "PICK UP CHEVROLET S10 DIESEL  SERTOES, C. DUPLA2.8 D 4X4, ANO/MOD 04/05, COR PRETA. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2921", "229")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2921", "HYUNDAI HB20 1.6M, ANO/MOD 12/13, COR BRANCA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2943", "230")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2943", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA;")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3113", "231")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3113", "HONDA FIT LX FLEX; 2010/2010; ALCO./GASOL.; CINZA;")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>