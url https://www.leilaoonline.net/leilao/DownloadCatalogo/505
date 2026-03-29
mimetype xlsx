--- v0 (2025-11-13)
+++ v1 (2026-03-29)
@@ -269,3163 +269,2771 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19358", "1012")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19358", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201343-6")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19357", "1013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19357", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201346-1")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19363", "1018")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19363", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201344-4")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19351", "1024")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19351", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198388-1")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19408", "1025")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19408", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201398-3")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19398", "1026")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19398", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201393-2")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19370", "1028")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19370", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192947-0")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19380", "1029")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19380", " APARELHO P/ EXERC. ELIPTICO LIFE FITNESS 95 XI, FCBM 201967-1")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.687,50</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19426", "1030")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19426", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177618-5")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19396", "1031")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19396", " ESTEIRA ERGOMÉTRICA LIFE FITNESS, FCBM 231176-3")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19424", "1042")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19424", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231168-2")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19385", "1060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19385", " BICICLETA ERGOMÉTRICA LIFE HRJ-9500, FCBM 130738-0")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19403", "1061")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19403", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202582-5")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.203,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19430", "1062")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19430", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177701-7")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19436", "1063")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19436", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231169-1")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19415", "1064")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19415", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231188-7")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19662", "1065")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19662", "ESTEIRA ERGOMETRICA LIFE FITNESS CLST, FCBM 231173-9")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19422", "1068")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19422", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231186-9")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19439", "1070")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19439", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231172-1")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19405", "1077")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19405", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201395-9")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19394", "1078")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19394", " BICICLETA ERGOMÉTRICA LIFE HRJ-9500, FCBM 130739-8")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19368", "1081")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19368", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192950-0")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19364", "1152")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19364", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192943-7")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19406", "1153")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19406", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201394-1")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19383", "6006")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19383", " APARELHO P/ EXERC. ELIPTICO LIFE FITNESS 95 XI, FCBM 201956-9")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19387", "6007")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19387", " APARELHO P/ EXERC. REMADA LIFE FITNESS, FCBM 201957-4")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.175,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19384", "6008")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19384", " APARELHO P/ EXERC. REMADA SENT RIGUETTO LIFE FITNESS, FCBM 191853-0")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19409", "6009")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19409", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202583-3")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19386", "6010")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19386", " APARELHO P/ EXERC. ELEV.-INVER HAMMER STRENGTH, FCBM 178978-3")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>975,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19440", "6098")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19440", " APARELHO P/ EXERC. ELEV-INVER HAMMER STRENGTH, FCBM 199073-0")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>975,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19391", "6100")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19391", " 2 ESTAÇÃO DE CABOS P/ EXERC. ARTICULADO, FCBM 203260-1/203261-9")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19382", "6101")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19382", " APARELHO P/ EXERC. ELEV-INVER HAMMER STRENGTH, FCBM 199097-7")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>975,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19389", "6102")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19389", " APARELHO P/ EXERC.  EXERC. ELEV-INVER  HAMMER STRENGTH, FCBM 178958-9")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>975,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19393", "6103")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19393", " APARELHO P/EXERC. ELEV-INVER HAMMER STRENGTH, FCBM 178957-1")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>975,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19392", "6104")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19392", " 1 APARELHO P/ EXERC. ROTATÓRIOS HAMMER STRENGTH, FCBM 178956-2")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19395", "6105")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19395", " APARELHO LEG PRESS FIXO RIGHETTO, FCBM 277595-6")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19362", "6106")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19362", " SERRA CIRCULAR INVICTA MOD RE13, FCBM, 211923-4")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19413", "6107")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19413", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202591-4")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19379", "6108")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19379", " APARELHO P/ EXERC. REMADA LIFE FITNESS, FCBM 201993-1")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19420", "8004")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19420", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231177-1")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19419", "8007")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19419", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231178-0")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19443", "8067")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19443", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177617-7")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19417", "8068")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19417", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231170-4")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19437", "8069")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19437", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177621-5")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19438", "8070")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19438", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231179-8")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19429", "8071")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19429", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231182-8")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19431", "8072")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19431", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231175-5")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19434", "8138")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19434", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231183-6")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19423", "8139")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19423", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231181-0")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19425", "8140")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19425", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177700-9")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19414", "8141")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19414", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202588-4")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19427", "8142")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19427", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231174-7")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19428", "8143")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19428", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177702-5")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19441", "8144")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19441", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177620-7")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19432", "8145")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19432", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231171-2")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19435", "8155")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19435", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231185-2")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19433", "8188")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19433", " ESTEIRA ERGOMETRICA PRECOR, FCBM 177622-3")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19366", "9052")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19366", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201347-9")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19367", "9053")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19367", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201348-7")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19369", "9054")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19369", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM, 201345-2")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19359", "9055")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19359", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198385-7")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19352", "9056")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19352", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192942-9")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19378", "9057")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19378", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198384-9")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19365", "9058")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19365", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193203-9")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19421", "9059")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19421", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231184-4")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19416", "9060")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19416", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231186-1")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19418", "9061")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19418", " ESTEIRA ERGOMETRICA PRECOR, FCBM 176100-5")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19442", "9062")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19442", " ESTEIRA ERGOMETRICA LIFE FITNESS, FCBM 231180-1")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19390", "9063")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19390", " BICICLETA ERGOMÉTRICA LIFE HRJ-9500, FCBM 130734-7")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>340,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19402", "9064")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19402", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201396-7")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19372", "11584")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19372", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192945-3")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19376", "11585")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19376", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193204-7")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19371", "11586")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19371", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193197-1")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19407", "11587")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19407", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202580-9")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19401", "11589")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19401", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202581-7")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19400", "11590")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19400", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202584-1")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19410", "11591")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19410", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202585-0")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19377", "11592")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19377", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192941-1")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19375", "11593")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19375", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193198-9")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19397", "11594")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19397", " BICICLETA ERGOMETRICA SPINNING, FCBM 193201-2")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19388", "11595")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19388", " APARELHO P/ EXERC. ELIPTICO LIFE FITNESS 95 XI, FCBM 201966-3")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.690,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19381", "11596")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19381", " APARELHO P/ EXERC. ELIPTICO LIFE FITNESS 95 XI, FCBM 201965-5")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19374", "11597")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19374", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193199-7")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19399", "11598")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19399", " BICICLETA ERGOMETRICA SPINNING, FCBM 198386-5")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19373", "11599")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19373", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198389-0")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19353", "11600")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19353", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192939-9")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19350", "12016")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19350", " BICICLETA ERGOMETRICA SPINNING, FCBM, 192931-3")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>470,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19355", "12017")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19355", " BICICLETA ERGOMETRICA SPINNING, FCBM, 198387-3")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19404", "12018")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19404", " BICICLETA ERGOMETRICA JOHNSON C 7000, FCBM 201397-5")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19347", "12019")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19347", " BICICLETA ERGOMETRICA SPINNING, FCBM 193196-2")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19349", "12020")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19349", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193205-5")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19348", "12021")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19348", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193200-4")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19356", "12022")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19356", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193202-1")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19411", "12023")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19411", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202586-8")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19412", "12024")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19412", " ESTEIRA ERGOMETRICA LIFE FITNESS 95TI, FCBM 202587-6")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19360", "12025")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19360", " BICICLETA ERGOMETRICA SPINNING, FCBM, 193206-3")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19361", "12026")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19361", " BICICLETA ERGOMETRICA SPINNING, FCBM 192940-2")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19354", "12027")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19354", " BICICLETA ERGOMETRICA SPINNING, FCBM 192937-2")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>