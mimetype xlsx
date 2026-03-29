--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2043 +269,1791 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19641", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19641", "LOTE COM: EQUIPAMENTO PARA CÂMARA FRIA, PLACAS TÉRMICA VÁRIOS TAMANHOS, PORTAS TÉRMICAS DE CAMARA FRIA EM VARIOS TAMANHOS E EXPESSURAS, VENTILADOR EXAUSTOR INDUSTRIAL COM MOTOR, DIVERSOS DUTOS VERTICAIS EM CHAPA DE METAL E ALUMÍNIO, 2 DUTOS HORIZONTAL DE 2,40 DE ALTURA EM PVC, GRANDE QUANTIDADE DE F")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19605", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19605", " 03- CARRINHOS LAVA-CAR MÓVEL, COM REPARTIÇÕES PARA ARMAZENAR OS PRODUTOS DE LIMPEZA E ELÉTRICA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19607", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19607", " SUZUKI INTRUDER CUSTOMIZADA (EM FUNCIONAMENTO). Ano 2008. Placa final 7.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19603", "104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19603", " RELÍQUIA PARA COLECIONADORES: YAMAHA TÉNÉRÉ 600cc (EM FUNCIONAMENTO). ANO 1988. Placa final 9.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19604", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19604", " 01- PRENSA MANUAL BALANCIM P/ 100 TONELADAS, FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19608", "106")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19608", " MÁQUINA DE CAPUCCINO PRIMO PROFISSIONAL, PARA O PREPARO DE CAPUCCINO E CHOCOLATE QUENTE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19606", "107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19606", " 02 PAINÉIS DIGITAIS PARA SENHAS ELETRÔNICAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19602", "108")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19602", " 02 PAINÉIS DIGITAIS PARA SENHAS ELETRÔNICAS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19609", "109")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19609", " 01- AQUECEDOR DE AGUA A GÁS PALOMA RHEEM")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19610", "110")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19610", " CRISTALEIRA EM ACRÍLICO P/ JÓIAS OU CELULARES.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19611", "111")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19611", " LOTE COM 86 UNIDADES DE COSMÉTICOS MURIE.SENDO:  SHAMPOO VITA CAPILI - 350ml CADA, PARA CABELOS LOIROS, MECHAS E GRISALHOS. CREME PARA PENTEAR CERAMIDAS VITA CAPILI P/ HIDRATAÇÃO DOS FIOS - 300g CADA. CREME DE TRATAMENTO UMIDIFICANTE UMIDILIZ MURIEL - 500g CADA.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19612", "112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19612", " LOTE CONTENDO 09 AÇUCAREIROS DE PORCELANA CERÂMICA RETRÔ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19617", "113")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19617", "LOTE C/ DIVERSOS ACESSÓRIOS E PEÇAS DE ÉPOCA P/ LAMBRETTA LI LD E VESPA M3 M4. DÉCADA DE 1960")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19630", "114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19630", " LOTE C/ 47 UNIDADES DE AROMATIZANTES DE AMBIENTE. VELAS CHEIRO DE FRUTAS TROPICAIS.")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19637", "115")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19637", " CAIXA D'ÁGUA DE INOX. CAP. 500 LITROS. SEMI NOVA.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19632", "116")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19632", " LOTE C/ APROX. 100 CAIXAS MUSICAIS/ PORTA JÓIAS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19634", "117")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19634", " LOTE C/ 85 UNIDADES DE PORTA AZEITE/ VINAGREIRA EM ACRÍLICO. CAP. 200ml CADA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19638", "118")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19638", "08 QUADROS DE BICICLETA. FULL SUSPENSION ARO 26"")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19633", "119")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19633", " TELÃO RETRÁTIL, DE 2,10 X 2,70")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19631", "120")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19631", " ROLO DE TECIDO CHENILE COR MARROM, NOVO SEM USO (APROX. 50 m)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19635", "121")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19635", " LOTE C/ 09 ARMÁRIOS ARTICULADOS  COR AZUL")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19636", "122")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19636", " ESTUFA DE CULTURA BACTERIOLÓGICA MOD. 216.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19639", "123")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19639", " RADIOLA RADIO VITROLA VALVULADA TELEFUNKEN, ORIGINAL DA DÉCADA DE 1960. MARCA TELEFUNKEN. MEDINDO 1,40 X 0,80. RARIDADE P/ COLECIONADORES TOTALMENTE ORIGINAL.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19640", "124")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19640", " 04 TOTEN / PEDESTAL, SENDO 02 MEDINDO; 1,80 E 02 MEDINDO; 1,50. COM REGULAGEM")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19644", "125")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19644", " SUCATA DE YAMAHA RX 125. Ano 1980.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19642", "126")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19642", " SUCATA DE YAMAHA RX 125. Ano 1980")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19643", "127")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19643", " RARIDADE: TODA ORIGINAL - MZ 250cc ANO 1982. PLACA AMARELA (SEM DOC.)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19656", "128")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19656", " MÁQUINA POLIDORA POLITRIZ DE PISO CONCRETO A GASOLINA 13.5 HP  INTEK")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19655", "129")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19655", " TRICICLO ELÉTRICO REBOCADOR")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19657", "130")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19657", " MÁQUINA PROFISSIONAL DE CORTAR GRAMA BRUDDEN A GASOLINA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19658", "131")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19658", " MINI TRATOR A GASOLINA YARD-MAN MULTIFUNÇÕES")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19659", "132")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19659", " MINI TRATOR A GASOLINA YARD-MAN MULTIFUNÇÕES")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19663", "133")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19663", " OMEGA GLS COMPLETO. COR VERMELHA ANO 92/ 93. GASOLINA. Placa final 1.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19664", "134")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19664", " FIAT TIPO 1.6 IE. COR CINZA. ANO 1995. 4 PORTAS / TETO SOLAR. GASOLINA. Placa final 0")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19666", "135")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19666", " COLEÇÃO COM 52 APARELHOS CELULAR DA DÉCADA DE 1990. DIVERSAS MARCAS E MODELOS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19667", "136")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19667", " LOTE C/ 14 MICROFONES , DIVERSAS MARCAS E MODELOS E 04 CHAPINHAS ELÉTRICAS P/ CABELOS.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19668", "137")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19668", " BICICLETA ERGOMÉTRICA CALOI ANO 1975, TOTALMENTE ORIGINAL.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19669", "138")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19669", " 06- LUMINÁRIAS ANTIGAS P/ MESA DE SINUCA OU BAR, ORIGINAL DÉCADA DE 1950")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19670", "139")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19670", " ITENS DE ANTIGUIDADES, SENDO: 01 ENCERADEIRA ARNO DÉCADA DE 1980 E 01 ASPIRADOR DE PÓ EUREKA ANTIGO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19671", "140")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19671", " 08 ITENS DE ANTIGUIDADES, SENDO: 05 ENFEITES ANTIGOS GALOS(metal), 01 LAMPARINA ORIGINAL DE ÉPOCA, 01 ENFEITE EM MADEIRA ANTIGO TALHADO A MÃO, 01 LATA (metal)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19672", "141")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19672", " MINI COMPRESSOR P/ DENTISTA OU APARELHOS DIVERSOS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19682", "142")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19682", " MÁQUINA DE FATIAR FRIOS PROFISSIONAL, (SEMI NOVA). EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19684", "143")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19684", " 02- CREPEIRAS: MÁQUINAS DE CREPE SUÍÇO PROFISSIONAIS, CAPACIDADE DE 06 CREPES POR MÁQUINA, EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19687", "144")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19687", " MÁQUINA DE CAFÉ PROFISSIONAL EM INOX, COM 02 TORNEIRAS, MEDIDOR, E REGULAGEM DE TEMPERATURA, ( SEM USO).")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19683", "145")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19683", " ESTUFA ELÉTRICA C/ 03 BANDEJAS INOXIDÁVEL, COM REGULAGEM DE TEMPERATURA (SEM USO)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19686", "146")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19686", " 02- MÁQUINAS DE CAFÉ , SENDO 01 TORINO PROSSIFIONAL E 01 ARNO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19685", "147")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19685", "MÁQUINA C/ MISTURADOR DE CHOCOLATE CREMOSO PROFISSIONAL C/ REGULAGEM DE TEMPERATURA.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19699", "148")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19699", "LOTE C/ 01 LIQUIDIFICADOR INDUSTRIAL PROFISSIONAL E 01 CAIXA DE MADEIRA ANTIGA JUKE BOX.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19700", "149")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19700", "TELEFONE ANTIGO, C/ MANIVELA,  RELÍQUIA DA ÉPOCA COLONIAL , DETALHES EM BRONZE E PORCELANA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19787", "150")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19787", "LOTE C/ 11 PEÇAS DE PORCELANA NOBRE ANTIGA COM DETALHES EM DOURADO SCHMIDT. RELÍQUIA DE COLECIONADOR. DÉCADA DE 1950. SENDO SOPEIRA, PRATOS, BULE, AÇUCAREIRO E OUTRAS.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19856", "151")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19856", "MÁQUINA DE SORVETE EXPRESSO / AÇAÍ PLASTEC ICE")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>11.100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19931", "152")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19931", " 01- CONJUNTO DE MESA RÚSTICA. MADEIRA DE LEI MACIÇA COM 02 BANCOS. (SEM USO)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19933", "153")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19933", " 01- CONJUNTO DE MESA RÚSTICA. MADEIRA DE LEI MACIÇA COM 02 BANCOS. (SEM USO)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19934", "154")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19934", " 01- CONJUNTO DE MESA RÚSTICA. MADEIRA DE LEI MACIÇA COM 02 BANCOS. (SEM USO)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19938", "155")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19938", " 01- CONJUNTO DE MESA RÚSTICA. MADEIRA DE LEI MACIÇA COM 02 BANCOS. (SEM USO)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19936", "156")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19936", " 01- MESA BISTRÔ. MADEIRA COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19935", "157")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19935", " 01- MESA BISTRÔ. MADEIRA COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19937", "158")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19937", " 01- MESA BISTRÔ. MADEIRA COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19932", "159")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19932", " 01- MESA BISTRÔ. MADEIRA COM 02 BANQUETAS. BAR ISIS REDONDA. (SEM USO)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19942", "160")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19942", " 03- BEBEDOUROS ELÉTRICOS, MARCAS IBBL e BEGEL e 03 AQUECEDORES MARCAS GREE e CADENCE.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19943", "161")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19943", " 03- MÁQUINAS DE ESCREVER ANTIGAS. SENDO: 01 UNDERWOOD DE 1929 E OUTRAS 02 DA DÉCADA DE 1960. PARA COLECIONADORES.")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19944", "162")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19944", " LOTE CONTENDO 14 FERRAMENTAS ( SEM USO), SENDO: 04- MACHADOS C/ CABO DE MADEIRA; 04- PÁS C/ CABO MADEIRA; 04- ENXADAS C/ CABO MADEIRA; 01- PICARETA C/ CABO MADEIRA E 01 SERROTE THOMPSON CAVALINHO. ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19946", "163")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19946", "LOTE ÚNICO C/ APROX. 150 UNIDADES, SENDO: APROX 140 CADEIRAS, MODELOS: GIRATÓRIAS PRESIDENTE, DIRETOR, SECRETÁRIA C/ RODÍZIO E FIXAS, BANQUETAS, UNIVERSITÁRIA, LONGARINAS BANQUETAS E APROX 10 MESAS / BANCADA/ FOGÃO INDUSTRIAL E OUTROS")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>