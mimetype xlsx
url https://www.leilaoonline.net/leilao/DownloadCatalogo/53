--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,2203 +269,1931 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3825", "070")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3825", "TOYOTA/COROLLA ALTISFLEX, ANO/MOD  2014/2015, COR PRETA - SÃO MARTINHO S/A")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3827", "071")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3827", "GM/VECTRA SEDAN ELEGANCE, 2008/2009, ALCO/GASOL, COR PRATA. - VALE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3867", "072")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3867", "M. BENZ C180 CGI, ANO/MOD 10/11, COR AZUL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3431", "131")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3431", " KOMBI COR BRANCO, ANO MOD 13/14 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3429", "137")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3429", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P,  ANO MOD. 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3437", "139")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3437", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3448", "143")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3448", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD. 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3436", "149")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3436", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3438", "150")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3438", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3430", "152")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3430", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P,  ANO MOD. 11/12 BANCO SOFISA S/A  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3446", "157")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3446", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3427", "159")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3427", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3439", "165")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3439", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3440", "166")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3440", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3441", "168")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3441", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3425", "172")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3425", " AMAROK CD 2.0 16V TDI 4X4 DIESEL,  ANO MOD. 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3452", "184")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3452", "GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3424", "186")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3424", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3447", "5066")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3447", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3444", "5067")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3444", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3443", "5069")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3443", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3428", "5070")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3428", " AMAROK CD 2.0 16V TDI 4X4 DIESEL, ANO MOD. 12/13 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3442", "5071")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3442", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3435", "5072")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3435", " KOMBI COR BRANCO, ANO MOD 13/14 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3445", "5073")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3445", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P,COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3449", "5074")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3449", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3450", "5075")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3450", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3433", "5076")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3433", " KOMBI COR BRANCA, ANO MOD 10/11 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3451", "5077")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3451", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3426", "5079")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3426", "FIAT/ DOBLO AMBULANCIA, ANO MOD. 11/12, BANCO SOFISA S/A  ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3434", "5082")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3434", " KOMBI COR BRANCO, ANO MOD 11/12, BANCO SOFISA S/A ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3432", "5331")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3432", " KOMBI COR BRANCO, ANO MOD 11/12, BANCO SOFISA S/A ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3824", "8016")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3824", "CONTROLADOR DMX E MODULO LASER VEJA RELAÇÃO COMPLETA DESCRITIVO DE ITEN -SESC")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3823", "8017")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3823", "AMPLIFICADOR P/TECLADO ROLAND KC150F - SESC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3821", "8018")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3821", "PRATOS HORIZONTAIS ALPHA PLATTER SIS.35A - SESC")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3820", "8019")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3820", "PROJETOR MULTIMÍDIA SONY LCD - SESC")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3596", "8020")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3596", "DESEMPENADEIRA INVICTA C/MOTOR, SESC")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3597", "8021")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3597", "DESEMPENADEIRA ACERBI DES-2, SESC")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3598", "8022")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3598", "NO-BREAK CM INTELIGENTE HT 10/454 10KVA SESC")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3599", "8023")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3599", "SERRA DE FITA INVICTA C/MOTOR ARNO - SESC")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3601", "8024")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3601", "SERRA CIRCULAR INVICTA VENUS SESC")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3490", "8025")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3490", "GM/MERIVA 1.8 PREMIUM EASYTRONIC, ANO/MOD 2009/2010, COR PRATA, SESC")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3504", "8026")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3504", " FIAT/IDEA ESSENCE 1.6, ANO/MOD 2013/2013, COR CINZA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3501", "8027")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3501", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. SESC")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3505", "8028")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3505", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR VERMELHA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3497", "8029")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3497", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3488", "8030")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3488", "VW/GOL 1.6 POWER, ANO/MOD 2009/2009, COR PRATA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3473", "8031")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3473", "VW/GOL 1.6 POWER, ANO/MOD 2009/2009, COR PRATA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3503", "8032")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3503", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3493", "8033")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3493", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3494", "8034")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3494", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3492", "8035")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3492", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3498", "8036")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3498", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3491", "8037")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3491", "GM/MERIVA 1.8 PREMIUM EASYTRONIC  ANO/MOD 2009/2010, COR PRATA, SESC")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3499", "8038")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3499", " VW/VOYAGE 1.6, ANO/MOD 2010/2011, COR PRATA, COMB. FLEX. SESC ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3496", "8039")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3496", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3495", "8040")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3495", " FORD/FIESTA 1.6, ANO/MOD 2009/2010, COR PRATA, COMB. FLEX. SESC")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3500", "8041")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3500", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. SESC")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3502", "8042")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3502", " RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR AZUL, COMB. FLEX. - SESC")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3818", "8043")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3818", "RENAULT/LOGAN EXP 1.6, ANO/MOD 2011/2012, COR VERMELHA, COMB. FLEX - SESC")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3822", "8044")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3822", "MESA DE COMANDO DIGITAL NSI MC-7424 - SESC")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3595", "8045")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3595", "QUADRO ELÉTRICO - SESC")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3507", "8046")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3507", " I; VW TOUAREG 3.6 V6; CINZA; 2011; 2011; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3509", "8047")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3509", " I; VW TOUAREG V6; PRATA; 2010; 2010; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3508", "8048")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3508", " I; VW TIGUAN 2.0 TSI; PRETA; 2011; 2012; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3510", "8049")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3510", " I; VW JETTA VARIANT; CINZA; 2011; 2012; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3453", "8051")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3453", "POLO SEDAN 1.6; 2013; 2013; PRATA; FLEX; - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3840", "8052")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3840", "EMPILHADEIRA CLARK")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>