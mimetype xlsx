--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,2427 +269,2127 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3511", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3511", " Compressor Atlas Copco Parafuso GA 707 de 100 hp , cod patio 60")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3513", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3513", " Compressor de ar 20 pés 175 Lbs, cod patio 66")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3512", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3512", " Compressor Parafuso Diesel Atlas Copco XA 80 Revisado, cod patio 67")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3515", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3515", " Compressor Parafuso Diesel Atlas Copco XA 80 Revisado, cod patio 100")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3514", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3514", " Compressor Parafuso Diesel Chicago XA 185 Q, cod patio 101")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3516", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3516", " Compressor Parafuso GA 10 Atlas Copco 15 hp sem unidade, cod patio 104")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3519", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3519", " Compressor Parafuso GA 110 Atlas Copco 150 hp , cod patio 129")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3517", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3517", " Compressor Parafuso GA 110 FF Atlas Copco 150 hp 13 Bar, cod patio 131")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3520", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3520", " Compressor Parafuso Ga 110 13Bar,  cod patio 132")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3523", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3523", " Compressor de ar alta pressão Booster 335 psi 23 bar Corken D91, cod patio 138")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3518", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3518", " Compressor Parafuso GA 11 Atlas Copco 15 hp, cod patio 139")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3522", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3522", " Compressor Parafuso GA 15 FF Atlas Copco 12,3 bar 20 hp ano 2002, cod patio 140")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3521", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3521", " Compressor Parafuso GA 507 60 hp Atlas Copco Revisado, cod patio 141")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3524", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3524", " Transformador a óleo 500 Kva 13800/380-220v , cod patio 76")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3527", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3527", " Transformador a óleo 750 Kva 13800/220v, cod patio 88")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3526", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3526", " Transformador 1000 Kva a óleo 13800/380-220v ótimo estado, cod patio 964")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3529", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3529", " Transformador 300 Kva a óleo 13800/380-220v ótimo estado, cod patio 1.176")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3531", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3531", " Transformador 30 Kva a seco 220/380 ótimo estado, cod patio 1.194")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3525", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3525", " Compressor Parafuso GA 45 Atlas Copco 9 bar, cod patio 142")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3528", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3528", " Compressor Parafuso GA 707 Atlas Copco Revisado com garantia, cod patio 155")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3535", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3535", " Compressor de pistão 40 pés Pressure, cod patio 194")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3533", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3533", " Compressor Parafuso Atlas Copco GA 22 motor 30hp, cod patio 218")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3536", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3536", " Compressor de ar 15 pés revisado, cod patio 377")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3534", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3534", " Compressor 60 Pés 125lb Schulz, cod patio 427")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3538", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3538", " Compressor de ar 20 pés Usado, cod patio 452")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3537", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3537", " Compressor de ar Wayne 60 pés 175 Lb Revisado, cod  patio 529")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3540", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3540", " Compressor Parafuso Atlas Copco GA 18 - 2510 - 10 bar Revisado, cod patio 694")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3541", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3541", " Compressor Wayne 2 cabeçotes 120 pés, cod patio 739")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3543", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3543", " Compressor Schulz 40 pés 175 lbs, cod patio 823")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3542", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3542", " Compressor Parafuso GA Ingersoll Rand Intellisys XF100 - 100hp, cod patio 879")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3545", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3545", " Compressor de Pistão Schulz 40 pés 175 lbs 10 hp, cod patio 918")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3546", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3546", " Curvador de Tubos manual com matrizes, cod patio 105")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3549", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3549", " Dobradeira Viradeira de chapas Manual 2mm x 2000mm, cod patio 481")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3547", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3547", " Máquina de corte e solda seladora sacoleira, cod patio 515")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3548", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3548", " Máquina De Corte E Solda Seladora Sacoleira, cod patio 518")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3551", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3551", " Dobradeira de chapas 1m, cod patio 703")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3554", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3554", " Cortador De Grama Gasolina Roçadeira, cod patio 1029")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3556", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3556", " Cortador de grama Elétrico 1CV, cod patio 1046")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3555", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3555", " Furadeira Engrenada Radial R35 Rocco Mesa 1,20mts, cod patio 7")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3559", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3559", " Fresadora Universal, cod patio 8")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3557", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3557", " Estufa Secagem industrial para plástico /P.U/ resina epoxi, cod patio 47")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3558", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3558", " Furadeira de coluna Yadoya FYS  38, cod patio 57")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3560", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3560", " Geladeira Industrial unidade de refrigeração de água 60.000 kcal, cod patio 70")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>14.300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3562", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3562", " Guilhotina de chapas Elétrica Newton para reformar, cod patio 72")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3565", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3565", " Geladeira Industrial unidade de refrigeração de água 45.000 kcal, cod patio 79")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3563", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3563", " Curvadora de Tubos hidráulico, cod patio 91")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3564", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3564", " Geladeira Industrial Mecalor Chiller 45000 kcal unidade água gelada, cod patio 108")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3566", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3566", " Geladeira Industrial Mecalor Chiller 45000 kcal unidade água gelada, cod patio 109")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3567", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3567", " Chiller Sabroe Geladeira Industrial Unidade água gelada, cod patio 119")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3569", "058")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3569", " Compressor de refrigeração Chiller Frimar unidade água gelada, cod patio 120")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3571", "059")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3571", " Fresadora Universal Ferramenteira Sanches Blanes FU 1, cod patio 125")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3568", "060")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3568", " Gerador energia diesel 90 kva, cod patio 130")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>25.300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3572", "061")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3572", " Furadeira Fresadora Ferramenteira Cardoso FC20, cod patio 135")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3570", "062")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3570", " Estufa Secagem para plástico, cod patio 151")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3573", "063")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3573", " Fresadora Ferramenteira CNC Romi Interact 4, cod patio 236")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3575", "064")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3575", " Geladeira de água Industrial 15000 Kcal Chiller , cod patio 249")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3574", "065")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3574", " Geladeira de água Industrial Neslab Para reforma, cod patio 365")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3579", "066")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3579", " Geladeira industrial / Unidade água gelada / Chiller 60.000 kcal, cod patio 368")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3576", "067")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3576", " Geladeira industrial / Unidade água gelada / Chiller 60.000 kcal, cod patio 386")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3577", "068")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3577", " Estufa Secagem para plástico ventilação forçada, cod patio 441")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3578", "069")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3578", " Calandra de chapas hidraulica 12,7mm(1/2")  x 2000mm, cod patio 482")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3580", "070")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3580", " Geladeira industrial Chiller 30.000 Kcal  unidade de água gelada, cod patio 577")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3583", "071")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3583", " Geladeira industrial Chiller 30.000 Kcal  unidade de água gelada, cod patio 604")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3581", "072")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3581", " Estufa secagem para plástico 80 ban ventilação forçada, cod patio 675")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3586", "073")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3586", " Chiller Sabroe Geladeira Industrial 120 hp, cod patio 693")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3582", "074")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3582", " Geladeira e Aquecedor Industrial Mecalor 1000 kcal, cod patio 734")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3585", "075")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3585", " Furadeira de coluna Yadoya Fy , cod patio 762")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...666 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3584", "076")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3584", " Caldeira Elétrica para vapor óleo térmico, cod patio 765")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3591", "077")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3591", " Estufa secagem de plástico ventilação forçada 86x62x70cm, cod patio 906")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3589", "078")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3589", " Furadeira Fresadora Ferramenteira Cardoso FC30, cod patio 995")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3590", "079")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3590", " Furadeira para bancada, cod patio 1025")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-[...25 lines deleted...]
-      <c r="F48" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3588", "080")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3588", " Estufa para salgados de Inox, cod patio 1095")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-[...377 lines deleted...]
-      <c r="F60" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3592", "081")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3592", " Estufa para salgados de Inox, cod patio 1097")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-[...665 lines deleted...]
-      <c r="F81" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3587", "082")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3587", " Batedeira de massa industrial masseira de inox, cod patio 1098")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3593", "084")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3593", " estufa à vácuo para esterilização, cod patio 1103")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>