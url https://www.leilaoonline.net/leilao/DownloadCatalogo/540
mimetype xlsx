--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19963", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19963", " ÔNIBUS SCANIA K112 33S; 1986/1986; BRANCA; DIESEL; PL.: ADR-1328; CH.: 9BSKC4X2Z03454002. (sem funcionamento)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19965", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19965", " VW KOMBI; 1984/1984; BRANCA; GASOLINA; PL.: BFY-3134; CH.: 9BWZZZ26ZEP011422.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19962", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19962", " VW KOMBI; 1997/1998; BRANCA; GASOLINA; PL.: BFY-3139; CH.: 9BWZZZ237VP048131.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19970", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19970", " VW KOMBI; 1997/1997; BRANCA; GASOLINA; PL.: BFY-4075; CH.: 9BWZZZ231VP006476. OBS.: SEM MOTOR.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19968", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19968", " MICRO ÔNIBUS MARCOPOLO VOLARE V6 ON; 2005/2005; BRANCA; DIESEL; PL.: CMW-8670; CH.: 93PB37D2M5C016278. (sem funcionamento)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19966", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19966", " VW GOL; 1989/1989; AZUL; ÁLCOOL; PL.: BVZ-9897; CH.: 9BWZZZ30ZKT023180.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19964", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19964", " COMPACTADOR DE LIXO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19971", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19971", " CAPOTA  P/ CAMINHONETE.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19967", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19967", " COMPUTADORES, FATIADORA, FOGÃO, MÁQUINAS DE LAVAR, BEBEDOURO. OBS.: CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.001,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19969", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19969", " MÁQUINAS DE COSTURA DIVERSAS.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>