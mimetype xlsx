--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19997", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19997", " AUTOMOVEL/ AMBULÂNCIA GM KADET IPANEMA BRANCA Placa: BFW-8220 Ano: 1997/1997 GASOLINA Patrim. 2747 Renavam: 678360189 Chassi 9BGKA35BVVB429438")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19994", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19994", " AUTOMOVEL VW/FUSCA 1300 AZUL Placa: BFW-7857 Ano: 1977/1978 GASOLINA Patrim. 2751 Renavam: 393570908 Chassi BJ652271")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19990", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19990", " MICRO ÔNIBUS IMP/ASIA TOPIC AZUL Placa: BVZ-4760 Ano: 1998/1998 DIESEL Patrim. 1787 Renavam: 704198096 Chassi KN2FAD2A1WC080494")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19998", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19998", " MICRO ÔNIBUS HYUNDAI H-100 GL BRANCA Placa: BFW-7861 Ano: 2000/2001 DIESEL Patrim. 1772 Renavam: 775181978 Chassi KMJFD27BP1K488118")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19992", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19992", " CAMINHÃO FORD 11000 AZUL Placa: BFW-7855 Ano: 1987 DIESEL Patrim. 821 Renavam: 369949315 Chassi 9BFNXXLM4HDB53924")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19995", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19995", " TRATOR URSUS 4X2 Ano: 1998 DIESEL Patrim. 1618")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19996", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19996", " AUTOMOVEL GM CORSA CLASSIC SPIRIT BRANCA Placa: BFW-7867 Ano: 2005/2005 GASOLINA Patrim. 1981 Renavam: 855224630 Chassi 9BGSN19X05B218171")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19993", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19993", " MIS/CAMIONETA VW/KOMBI (SEM MOTOR) BRANCA Placa: BFW-7859 Ano: 2000/2001 GASOLINA Patrim. 1737 Renavam: 749485592 Chassi 9BWGB07X51P007858")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19991", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19991", " MIS/CAMIONETA VW/KOMBI BRANCA Placa: BFW-7866 Ano: 2003/2003 GASOLINA Patrim. 1894 Renavam: 821685058 Chassi 9BWGB07X53P015414")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>