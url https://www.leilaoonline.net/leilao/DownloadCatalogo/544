--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20005", "180")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20005", "I/ TOYOTA LEXUS; ES 300; 1997/1998; VERDE; GASOLINA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20004", "181")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20004", "VW; VOYAGE; 1983/1983; CINZA; ALCOOL")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20003", "182")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20003", "I/ FORD MONDEO CLX ND; 1997/1997; PRATA; GASOLINA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20002", "183")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20002", "VW; FOX GII 1.0 ; PRATA; 2010/2010; ALCO./GASOL.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20000", "184")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20000", "GM/ CORSA SEDAN MAXX; 2005/2005; PRATA; GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19956", "185")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19956", "RENAULT/ LOGAN EXP 1016V; 2010/2011; AZUL; ALCO,/GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19955", "186")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19955", "CLÁSSICO - VW FUSCA 1300; 1970/1970; GRENA; GASOLINA; Altura, Rodas e Pneus Legalizados no Documento")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19717", "187")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19717", "I/ DODGE JOURNEY SXT; 2008/2009; PRETA; GASOLINA; 7 lugares")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19718", "188")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19718", "HONDA FIT LX, ANO 2012/2013, PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19723", "189")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19723", "VW; GOLF HIGHLINE; 2013/2014; PRETA; ALCO./GASOL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>42.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19720", "190")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19720", "MITSUBISHI; LANCER GT CVT, 2012/2013; GASOLINA; BRANCA, "COMPLETO COM TETO E CAMBIO BORBOLETA"")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19712", "191")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19712", "VW; TIGUAN 2.0 TSI; 2011/2011; GASOLINA; BRANCA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19724", "192")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19724", "VW; GOL 16V TURBO ; 2001/2001; PRATA; ALCO. - MOTOR AP TURBO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>9.850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19957", "194")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19957", "RENAULT/ LOGAN EXP 16; 2011/2011; VERMELHA; ALCO,/GASOL - completo")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>14.400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19719", "195")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19719", "HONDA FIT LX CVT AUTOMÁTICO, 2016/2016, PRATA ALCO./GASOL.; APROX. 8.800KM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>46.900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19708", "196")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19708", "CITROEN, C3 GLX 1.6 16V.; 2005/2005; PRETA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19958", "197")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19958", "DAFRA CITYCOM 300I; 2012/2012; BRANCA; GASOLINA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19725", "198")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19725", "CITROEN C4L A 2L TEND; 2015/2015; PRATA; ALCO./GASOL")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>36.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20001", "199")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20001", "VW; GOL 1.6 MI, ANO/MOD 1997/1997, BRANCA, GASOLINA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19711", "202")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19711", "VOLKSWAGEM AMAROK 2.0 SE CABINE DUPLA 4x4 4P 2013; PRATA; TURBO DIESEL")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>48.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19703", "203")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19703", "AUDI A6 3.0TFSI ALLR; 2013/2013; BRANCA; GASOLINA; PLACA: FHW-2015")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19714", "204")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19714", "MERCEDES BENZ/ C200; 2008/2008, PRETA, GASOLINA; BLINDADA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19715", "205")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19715", " GM; CELTA LIFE 1.0, 2009/2009, ALCO./GASOL.; VERMELHO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19959", "206")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19959", "HONDA; CIVIC EXS FLEX (AUTOMATICO); 2007/2007; ALCO/GASOL.; CINZA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19961", "209")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19961", "IMP/ SUBARU LEGACY WS0B25; 1998/1998; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20006", "210")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/20006", "MMC; L200 SPORT 4X4 HPE; 2005/2005; PRETA; DIESEL - AUTOMATICO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>22.800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19999", "211")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19999", "GM/ ZAFIRA EXPRESSION; 2012/2012; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>16.100,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19709", "211")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19709", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19716", "213")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19716", "FORD CARGO 815E; 2008/2009; BRANCA; DIESEL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19713", "215")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19713", "PÁ CARREGADERA; MARCA LIUGONG; MODELO 816C")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19710", "218")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19710", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.150,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19702", "239")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19702", " GM/ CELTA  1.0 LS, ANO/MOD 2011/2012, ALCO./GASOL.; PRATA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19705", "250")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19705", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19707", "303")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/19707", "FORD / CARGO 815 E; 2007/2008; BRANCA; DIESEL")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>