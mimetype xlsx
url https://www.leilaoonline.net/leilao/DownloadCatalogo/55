--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3451 +269,3023 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3714", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3714", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3713", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3713", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3711", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3711", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3716", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3716", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3712", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3712", "ALISADORA DE CONCRETO DUPLA 46" - PRO1200 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3715", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3715", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3717", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3717", "ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3718", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3718", "COMPACTADOR DE SOLO SRV70G À GASOLINA - WEBER")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3719", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3719", "03 COMPACTADORES DE SOLO SRV70G À GASOLINA - WEBER; SEM MOTOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3721", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3721", "02 COMPACTADORES DE SOLO SRV70G À GASOLINA - WEBER; COM MOTOR")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3720", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3720", " PEÇAS DIVERSAS P/ COMPACTADOR DE SOLO, ALISADORA E CORTADORA DE PISO E OUTROS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3722", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3722", "02 MANGOTES VIBRADORES CR45MM X 5M - DYNAPAC; 04 MOTORES ACIONADORES MONOFÁSICO 1,5CV; 01 MOTOR ACIONADOR TRIFÁSICO - JOWA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3724", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3724", " 04 CAIXAS COM PEÇAS E COMPONENTES DIVERSOS P/ MARTELO ROMPEDOR")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3725", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3725", " 04 CAIXAS COM PEÇAS E COMPONENTES DIVERSOS P/ MARTELO ROMPEDOR")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3723", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3723", "GERADOR HL5500CX À DIESEL - DYNAPAC; GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO; 02 GERADORES BD6500 À DIESEL - BRANCO;")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3726", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3726", "GERADOR HL5500CX À DIESEL - DYNAPAC; 02 GERADORES BD6500 À DIESEL - BRANCO; 02 GERADORES S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3730", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3730", "02 CORTADORAS DE PISO GS2 À GASOLINA - PETROTEC")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3729", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3729", " 1 ARMÁRIO EM MADEIRA C/ 8 GAVETAS C/ DISPOSITIVO HILTI TE55")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3728", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3728", " BANCADAS E ARMÁRIOS COM PEÇAS E COMPONENTES DIVERSOS ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3727", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3727", "04 BOMBAS D'ÁGUA SUBMERSIVEL 4" - BC50L - TRIFÁSICA - CLARIDON; BOMBA D'ÁGUA MANGOTE 2.1/2 - CR250")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3731", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3731", "04 COMPACTADORES DE SOLO SRV70G À GASOLINA - WEBER; SENDO 2 COM MOTOR E 2 SEM MOTOR")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3732", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3732", " MOTORES, PEÇAS DIVERSAS P/ COMPACTADOR DE SOLO, BOMBAS E OUTROS.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3736", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3736", "PLACA VIBRATÓRIA PV2000 À GASOLINA - WEBER")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3733", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3733", "02 PLACAS VIBRATÓRIAS PV2000 À GASOLINA - WEBER E 01 CORTADORA DE PISO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3735", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3735", "POLIDORA DE PISO POLITRIZ JT2D - JAHU; 2 PLACAS VIBRATÓRIAS PV2000 À GASOLINA - WEBER; 2 PLACAS VIBRATÓRIAS PV20 À GASOLINA - PETROTEC; MANGOTE VIBRADOR ALTA FREQUENCIA AM-45MM X 3M - WEBER/JOWA; 4 MANGOTE VIBRADOR P")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3734", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3734", "18 MARTELOS ROMPEDORES TE905 - HILTI")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3737", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3737", "2 POLIDORAS DE PISO POLITRIZ JT2D - JAHU;  POLIDORA DE PISO E2 - BOMAC; PLACA VIBRATÓRIA PV2000 À GASOLINA - WEBER; PLACA VIBRATÓRIA PV20 À GASOLINA - PETROTEC; OBS.: MÁQUINAS FALTANDO PEÇAS/COMPONENTES")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3741", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3741", "06 MARTELETES FURADEIRA TE02 - HILTI; 05 MARTELETES FURADEIRA TE76 - HILTI; MARTELETE FURADEIRA TE75 - HILTI; 02 MARTELOS ROMPEDORES TE905 - HILTI; 2 CAIXAS C/ PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3738", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3738", "5 MARTELOS ROMPEDORES TE905 - HILTI; 3 CAIXAS C/ PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3739", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3739", "2 MARTELETES ROTATIVOS ROMPEDORES HR4000C - MAKITA; 3 MARTELETES ROTATIVOS ROMPEDORES HR3000C - MAKITA; MARTELETE ROTATIVO ROMPEDOR HR5001C - MAKITA; 9 CAIXAS C/ PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3743", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3743", "4 LIXADEIRAS ANGULARES 7" - 1323.0 - BOSCH; 4 ESMERILHADEIRAS ANGULARES 7"; LIXADEIRA ANGULAR 7" - 9207SPB - MAKITA; FURADEIRA DE IMPACTO 5/8" - 8422B - MAKITA; 3 ESMERILHADEIRAS ANGULARES 9"")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3740", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3740", "6 MARTELOS ROMPEDORES TE905 - HILTI")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3744", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3744", "2 MARTELOS ROMPEDORES HIDRAULICO TEX-27H - ATLAS COPCO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3745", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3745", "CORTADORA DE PISO FS118BR À GASOLINA - MULTIQUIP")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3742", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3742", "3 MÁQUINAS PARA CONSTRUÇÃO CIVIL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3746", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3746", "LAVADORA DE PISO ALFACLEAN HAKO-HAMSTER 780")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3747", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3747", "28 MARTELOS ROMPEDORES TE905 - HILTI; MARTELETE FURADEIRA TE76 - HILTI")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3749", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3749", "CORTADORA DE PISO RB400 À GASOLINA - ALLEN")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3748", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3748", "COMPACTADOR DE SOLO ES600 ELETRICO - WACKER; COMPACTADOR DE SOLO BS700 À GASOLINA - WACKER; COMPACTADOR DE SOLO BS600  À GASOLINA - WACKER; COMPACTADOR DE SOLO LT700 À GASOLINA - DYNAPAC; SEM MOTOR")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3750", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3750", " LOTE C/ CAIXAS DE FERRAMENTAS (VAZIAS)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3751", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3751", "ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3754", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3754", "2 ALISADORAS DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3752", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3752", "2 ALISADORAS DE CONCRETO SIMPLES 36" - CT36 - 08HP - WACKER")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3753", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3753", " ALISADORA DE CONCRETO; S/ PATRIMÔNIO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3755", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3755", " ALISADORA DE CONCRETO; S/ PATRIMÔNIO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3756", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3756", "ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3757", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3757", "ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3759", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3759", "ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3762", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3762", "3 ALISADORAS DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN; ALISADORA DE CONCRETO SIMPLES 46" - 446 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3761", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3761", "2 ARGAMASSADEIRAS ARGAMIX MC45L - CSM")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3758", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3758", "COMPRESSOR DE AR C/ MOTOR À DIESEL. OBS.: EQUIPAMENTO REFORMADO, FALTANDO APENAS A MONTAGEM")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3760", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3760", "SERRA POLICORTE 590 - RIDGID")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3763", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3763", "APROX. 23 COMPACTADORES DE SOLO S/ MOTOR.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3764", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3764", "APROX. 23 COMPACTADORES DE SOLO S/ MOTOR.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3765", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3765", "4 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1303B - MAKITA; MARTELO ROMPEDOR (DEMOLIDOR) - HM1500B - MAKITA; MARTELO ROMPEDOR (DEMOLIDOR) - HM1302 - MAKITA; ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3768", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3768", "RÉGUAS VIBRATÓRIAS TRELIÇADAS 12,00M - GASOLINA - ALLEN")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3766", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3766", "12 CORTADORAS DE PISO SEM MOTOR E 1 CORTADORA DE PISO C/ MOTOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3769", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3769", "5 COMPACTADORES DE SOLO SRV70G À GASOLINA - WEBER, ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3767", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3767", "PLACA VIBRATÓRIA MVH200GH À GASOLINA - MULTIQUIP; PLACA VIBRATÓRIA PV2000 À GASOLINA - WEBER")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3771", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3771", " RETIFICADOR DE SOLDA GS375 NM80")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3770", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3770", "3 PARAFUSADEIRAS 6802BV - MAKITA, LIXADEIRA ANGULAR 7" - 9207SPB - MAKITA, FURADEIRA DE IMPACTO 1/2" - 8419B - MAKITA; PARAFUSADEIRA DE IMPACTO 1423.7 - BOSCH; 3 SERRAS CIRCULARES 7.1/4" - 5806H - MAKITA; SER")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3772", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3772", " MOTOR ACIONADOR MONOFASICO 1,5CV - JOWA E MANGOTE VIBRADOR JOWA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3773", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3773", " PRENSA HIDRÁULICA TIPO BALANCIM; CAP. 15T")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3775", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3775", " 2 MOTORES ACIONADOR À GASOLINA 5,5HP E 3 MOTOR ACIONADOR À GASOLINA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3778", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3778", "3 MOTORES ACIONADOR À GASOLINA 5,5HP; MOTOR ACIONADOR À GASOLINA 4HP - CLARIDON; 1 MOTOR ACIONADOR À GASOLINA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3774", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3774", " 5 MOTORES ACIONADOR À GASOLINA 5,5HP")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3777", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3777", "4 MOTORES ACIONADORES À GASOLINA 5,5HP; MOTOR ACIONADOR S/ ESPECIFICAÇÕES E MOTOR VIBRADOR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3776", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3776", "3 GUINCHOS DE COLUNA - CAP 400KG TRIFASICO; GUINCHOS DE COLUNA - CAP 200KG; RÉGUA VIBRATÓRIA SIMPLES SCREED - PETROTEC; 04 GUINCHOS COLUNA ELETRICO 300/600 KG 220V (60HZ) H-A 105 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3779", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3779", " 19 MARTELOS ROMPEDORES TE905 - HILTI; PARAFUSADEIRA ST18 - HILTI; MARTELETE FURADEIRA TE02 - HILTI")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3780", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3780", " PEÇAS DIVERSAS, MOTORES ELÉTRICOS, MOTORES À DIESEL E OUTROS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3781", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3781", " 46 RODAS P/ BETONEIRAS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3783", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3783", " 19 MOTORES ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3782", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3782", "GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO; GERADOR BD6500 À DIESEL - BRANCO; 3 GERADORES S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3785", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3785", " LAVADORA ALTA PRESSAO L1800 - ELECTROLUX")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3784", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3784", "CORTADORA DE PISO SO 13 À GASOLINA – CSM")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3786", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3786", " 9 COMPACTADORES DE SOLO; DUST COLLETOR FESTOVA CT90C-1PH")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3787", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3787", "RÉGUAS VIBRATÓRIAS TRELIÇADA 12,00M - GASOLINA - ALLEN")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3789", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3789", "MOTOR ACIONADOR À DIESEL 5,5HP TOYAMA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3788", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3788", " 2 TALHAS MANUAIS BERG STEEL 3T; CAP. ELEVAÇÃO 3M")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3792", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3792", "BOMBA TESTE HIDRÁULICA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3791", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3791", " 5 CORTADORAS DE PISO FS118BR À GASOLINA - MULTIQUIP; 6 CORTADORAS DE PISO GS2 À GASOLINA - PETROTEC; 2 CORTADORAS DE PISO - 13HP GASOLINA - MAQHILTI; CORTADORA DE PISO BFS100 À GASOLINA - WACKER")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3794", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3794", " PLACA VIBRATÓRIA VIPART 1F 100")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3790", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3790", " CORTADORA DE PISO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3801", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3801", " 2 GERADORES À DIESEL")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3793", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3793", " MOTOR ACIONADOR À GASOLINA 4HP - CLARIDON; GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3795", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3795", "ARGAMASSADEIRA ARGAMIX")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3797", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3797", "ARGAMASSADEIRA ARGAMIX MC45L - CSM")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3796", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3796", "4 ARGAMASSADEIRAS ARGAMIX MC45L - CSM; ARGAMASSADEIRA ARGAMIX MC20L - CSM")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3800", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3800", "5 ARGAMASSADEIRAS ARGAMIX MC45L - CSM; ARGAMASSADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3799", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3799", "4 ARGAMASSADEIRAS ARGAMIX MC45L - CSM; ARGAMASSADEIRA ARGAMIX MC20L - CSM")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3798", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3798", " CONJUNTO DE SOLDA E CORTE PROSTAR")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3802", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3802", " 6 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1800 - MAKITA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3803", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3803", "3 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1800 - MAKITA")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3804", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3804", "MARTELO ROMPEDOR (DEMOLIDOR) - HM1500B - MAKITA; 4 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1303B - MAKITA; 2 MARTELOS ROMPEDORES")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3807", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3807", " SUCATA DE PARTES DE MÁQUINAS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3805", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3805", " PONTEIROS DIVERSOS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3808", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3808", "COMPRESSOR DE AR DRESSER W20/60SD; PMTA 12,3 KGF/CM²; COM MOTOR ELÉTRICO 5CV")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3806", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3806", " TALHA ELÉTRICA P/ PONTE ROLANTE LIWAL M5/55/4A 5T; COM MOTOR ELÉTRICO 8,5HP")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3810", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3810", " 2 ESCADAS TIPO CARACOL C/ 12 DEGRAUS")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3809", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3809", "CORTADORA DE TUBOS FOBRASA ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3811", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3811", " CORTADORA DE TUBOS C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3812", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3812", " BALANÇA FILIZOLA 200KG")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3813", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3813", " CONJUNTO DE ISOLAMENTO P/ PRÉ-MOLDADOS C/ 20 PATESCAS E ACESSÓRIOS")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...96 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3814", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3814", " PONTEIROS DIVERSOS")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3815", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3815", " 3 BANCOS S/ USO P/ CAMINHÃO")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3816", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3816", " COMPRESSOR DE AR SUPER PRESSURE 2,6PSI 50L; SEM MOTOR")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E116" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...3070 lines deleted...]
-      </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3817", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/3817", " 12 PLAYOFFS P/ BOBINAMENTO E DESBOBINAMENTO")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>